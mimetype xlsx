--- v0 (2025-10-11)
+++ v1 (2026-01-31)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="218">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="229">
   <si>
     <t>Eventid</t>
   </si>
   <si>
     <t>Sectorcode</t>
   </si>
   <si>
     <t>Eventname</t>
   </si>
   <si>
     <t>Startdate</t>
   </si>
   <si>
     <t>Enddate</t>
   </si>
   <si>
     <t>Place</t>
   </si>
   <si>
     <t>OrgaddressL1</t>
   </si>
   <si>
     <t>Selcat</t>
   </si>
   <si>
@@ -104,474 +104,510 @@
   <si>
     <t>RaceLastupdate</t>
   </si>
   <si>
     <t>AL</t>
   </si>
   <si>
     <t>Aurora Cup</t>
   </si>
   <si>
     <t>2025-11-15</t>
   </si>
   <si>
     <t>2025-11-16</t>
   </si>
   <si>
     <t>Mount Sima</t>
   </si>
   <si>
     <t>Alpine Yukon</t>
   </si>
   <si>
     <t>-FIS-</t>
   </si>
   <si>
-    <t>-GS-SL-</t>
+    <t>-SL-GS-</t>
   </si>
   <si>
     <t>GS SL</t>
   </si>
   <si>
-    <t>2025-10-11 04:00:09</t>
+    <t>2026-01-31 04:00:11</t>
   </si>
   <si>
     <t>GS</t>
   </si>
   <si>
     <t>FIS</t>
   </si>
   <si>
     <t>W</t>
   </si>
   <si>
-    <t>2025-10-11 04:00:06</t>
+    <t>2026-01-31 04:00:06</t>
   </si>
   <si>
     <t>M</t>
   </si>
   <si>
     <t>SL</t>
   </si>
   <si>
     <t>2025-11-29</t>
   </si>
   <si>
     <t>2025-11-30</t>
   </si>
   <si>
     <t>Mont Edouard</t>
   </si>
   <si>
     <t>Ski Quebec Alpin</t>
   </si>
   <si>
     <t>GS 2xSL</t>
   </si>
   <si>
-    <t>2025-10-11 04:00:08</t>
+    <t>Cancelled</t>
+  </si>
+  <si>
+    <t>2026-01-31 04:00:10</t>
   </si>
   <si>
     <t>2025-12-06</t>
   </si>
   <si>
     <t>2025-12-07</t>
   </si>
   <si>
     <t>Tremblant</t>
   </si>
   <si>
     <t>Station Mont Tremblant</t>
   </si>
   <si>
     <t>-WC-</t>
   </si>
   <si>
     <t>-GS-</t>
   </si>
   <si>
     <t>2xGS</t>
   </si>
   <si>
     <t>WC</t>
   </si>
   <si>
     <t>Alberta GMC Cup</t>
   </si>
   <si>
     <t>Norquay</t>
   </si>
   <si>
     <t>Alberta Alpine</t>
   </si>
   <si>
     <t>-SL-</t>
   </si>
   <si>
     <t>2xSL</t>
   </si>
   <si>
-    <t>2025-10-11 04:00:07</t>
+    <t>2026-01-31 04:00:08</t>
   </si>
   <si>
     <t>Super Serie</t>
   </si>
   <si>
     <t>2025-12-13</t>
   </si>
   <si>
     <t>2025-12-14</t>
   </si>
   <si>
     <t>Val St-Come</t>
   </si>
   <si>
     <t>2025-12-18</t>
   </si>
   <si>
     <t>2025-12-21</t>
   </si>
   <si>
     <t>Panorama</t>
   </si>
   <si>
+    <t>2xGS SL</t>
+  </si>
+  <si>
+    <t>Check changes</t>
+  </si>
+  <si>
+    <t>Mont Saint-Sauveur</t>
+  </si>
+  <si>
+    <t>2025-12-19</t>
+  </si>
+  <si>
+    <t>Northern Michigan University Mid-AM Searchmont</t>
+  </si>
+  <si>
+    <t>2025-12-22</t>
+  </si>
+  <si>
+    <t>Searchmont</t>
+  </si>
+  <si>
+    <t>U.S. Ski and Snowboard Central Alpine</t>
+  </si>
+  <si>
+    <t>-FIS-ENL-</t>
+  </si>
+  <si>
     <t>2xGS 2xSL</t>
   </si>
   <si>
-    <t>Mont Saint-Sauveur</t>
-[...14 lines deleted...]
-    <t>U.S. Ski and Snowboard Central Alpine</t>
+    <t>ENL</t>
+  </si>
+  <si>
+    <t>2025-12-20</t>
+  </si>
+  <si>
+    <t>OCUP</t>
+  </si>
+  <si>
+    <t>2025-12-28</t>
+  </si>
+  <si>
+    <t>2025-12-29</t>
+  </si>
+  <si>
+    <t>Mount St-Louis Moonstone</t>
+  </si>
+  <si>
+    <t>Alpine Ontario Alpin</t>
+  </si>
+  <si>
+    <t>2026-01-31 04:00:09</t>
+  </si>
+  <si>
+    <t>2025-12-30</t>
+  </si>
+  <si>
+    <t>Craigleith</t>
+  </si>
+  <si>
+    <t>FIS Nor-Am Cup</t>
+  </si>
+  <si>
+    <t>2026-01-06</t>
+  </si>
+  <si>
+    <t>2026-01-09</t>
+  </si>
+  <si>
+    <t>Alpine Canada Alpin</t>
+  </si>
+  <si>
+    <t>-NAC-</t>
+  </si>
+  <si>
+    <t>NAC</t>
+  </si>
+  <si>
+    <t>2026-01-31 04:00:07</t>
+  </si>
+  <si>
+    <t>2026-01-07</t>
+  </si>
+  <si>
+    <t>2026-01-08</t>
+  </si>
+  <si>
+    <t>2026-01-12</t>
+  </si>
+  <si>
+    <t>2026-01-14</t>
+  </si>
+  <si>
+    <t>Nakiska</t>
+  </si>
+  <si>
+    <t>-FIS-NJR-</t>
+  </si>
+  <si>
+    <t>SL 3xGS</t>
+  </si>
+  <si>
+    <t>NJR</t>
+  </si>
+  <si>
+    <t>2026-01-13</t>
+  </si>
+  <si>
+    <t>2026-01-15</t>
+  </si>
+  <si>
+    <t>Osler Bluff</t>
   </si>
   <si>
     <t>-ENL-</t>
   </si>
   <si>
-    <t>ENL</t>
-[...67 lines deleted...]
-  <si>
     <t>2026-01-16</t>
   </si>
   <si>
-    <t>Craigleith</t>
-[...1 lines deleted...]
-  <si>
     <t>2026-01-20</t>
   </si>
   <si>
     <t>2026-01-23</t>
   </si>
   <si>
     <t>Mont Garceau</t>
   </si>
   <si>
-    <t xml:space="preserve">2xGS </t>
-[...1 lines deleted...]
-  <si>
     <t>Mont Blanc</t>
   </si>
   <si>
-    <t xml:space="preserve">2xSL </t>
-[...1 lines deleted...]
-  <si>
     <t>2026-01-21</t>
   </si>
   <si>
     <t>2026-01-22</t>
   </si>
   <si>
     <t>BC Cup</t>
   </si>
   <si>
     <t>2026-01-24</t>
   </si>
   <si>
     <t>2026-01-30</t>
   </si>
   <si>
     <t>Kimberley</t>
   </si>
   <si>
     <t>BC Alpine Ski Association</t>
   </si>
   <si>
-    <t>-TRA-FIS-</t>
+    <t>-FIS-TRA-</t>
   </si>
   <si>
     <t>-DH-SL-SG-</t>
   </si>
   <si>
-    <t>SL 2xDH 2xSG</t>
+    <t>5xDH SL 2xSG</t>
+  </si>
+  <si>
+    <t>2026-01-31 04:00:12</t>
   </si>
   <si>
     <t>DH</t>
   </si>
   <si>
     <t>TRA</t>
   </si>
   <si>
     <t>2026-01-25</t>
   </si>
   <si>
     <t>2026-01-26</t>
   </si>
   <si>
     <t>2026-01-27</t>
   </si>
   <si>
     <t>2026-01-28</t>
   </si>
   <si>
     <t>SG</t>
   </si>
   <si>
     <t>2026-01-29</t>
   </si>
   <si>
     <t>2026-01-31</t>
   </si>
   <si>
     <t>2026-02-01</t>
   </si>
   <si>
     <t>Alpine Ski Club</t>
   </si>
   <si>
     <t>2026-02-02</t>
   </si>
   <si>
     <t>2026-02-03</t>
   </si>
   <si>
     <t>Georgian Peaks</t>
   </si>
   <si>
+    <t>2026-02-09</t>
+  </si>
+  <si>
+    <t>2026-02-13</t>
+  </si>
+  <si>
+    <t>Owl's Head/Bromont</t>
+  </si>
+  <si>
+    <t>2xGS 3xSL</t>
+  </si>
+  <si>
     <t>2026-02-10</t>
   </si>
   <si>
-    <t>2026-02-13</t>
-[...4 lines deleted...]
-  <si>
     <t>2026-02-11</t>
   </si>
   <si>
     <t>2026-02-12</t>
   </si>
   <si>
     <t>2026-02-16</t>
   </si>
   <si>
     <t>2026-02-21</t>
   </si>
   <si>
     <t>Mont Sainte-Anne</t>
   </si>
   <si>
-    <t>-FIS-TRA-</t>
-[...5 lines deleted...]
-    <t>2xSG 2xDH</t>
+    <t>-DH-SG-</t>
+  </si>
+  <si>
+    <t>2xSG 4xDH</t>
   </si>
   <si>
     <t>2026-02-17</t>
   </si>
   <si>
     <t>2026-02-18</t>
   </si>
   <si>
     <t>2026-02-19</t>
   </si>
   <si>
     <t>2026-02-22</t>
   </si>
   <si>
     <t>2026-02-20</t>
   </si>
   <si>
     <t>Apex</t>
   </si>
   <si>
     <t>3xSL</t>
   </si>
   <si>
     <t>2026-02-26</t>
   </si>
   <si>
     <t>2026-03-01</t>
   </si>
   <si>
     <t>Sun Peaks</t>
   </si>
   <si>
     <t>Crabbe Mountain</t>
   </si>
   <si>
     <t>Ski New Brunswick</t>
   </si>
   <si>
-    <t>-SL-GS-</t>
-[...1 lines deleted...]
-  <si>
     <t>2xSL 2xGS</t>
   </si>
   <si>
     <t>2026-02-27</t>
   </si>
   <si>
     <t>2026-02-28</t>
   </si>
   <si>
+    <t>2026-03-06</t>
+  </si>
+  <si>
     <t>2026-03-07</t>
   </si>
   <si>
+    <t>Lochlomond</t>
+  </si>
+  <si>
     <t>2026-03-08</t>
   </si>
   <si>
     <t>-SG-</t>
   </si>
   <si>
     <t>3xSG</t>
   </si>
   <si>
+    <t>Mt. Baldy</t>
+  </si>
+  <si>
     <t>Canadian University Championships</t>
   </si>
   <si>
     <t>2026-03-12</t>
   </si>
   <si>
     <t>2026-03-13</t>
   </si>
   <si>
     <t>2026-03-14</t>
   </si>
   <si>
+    <t>Lake Louise</t>
+  </si>
+  <si>
+    <t>4xSL</t>
+  </si>
+  <si>
     <t>2026-03-15</t>
   </si>
   <si>
     <t>Devils Glen</t>
   </si>
   <si>
     <t>2026-03-16</t>
   </si>
   <si>
     <t>2026-03-17</t>
   </si>
   <si>
     <t>2026-03-22</t>
   </si>
   <si>
     <t>Whistler</t>
   </si>
   <si>
-    <t>-DH-SG-GS-SL-</t>
-[...2 lines deleted...]
-    <t>2xDH 2xSG 2xGS SL</t>
+    <t>-DH-SL-GS-SG-</t>
+  </si>
+  <si>
+    <t>5xDH 2xSG 2xGS SL</t>
   </si>
   <si>
     <t>2026-03-18</t>
   </si>
   <si>
     <t>2026-03-19</t>
   </si>
   <si>
     <t>2026-03-20</t>
   </si>
   <si>
     <t>2026-03-21</t>
   </si>
   <si>
     <t>2026-03-24</t>
   </si>
   <si>
     <t>Camp Fortune</t>
   </si>
   <si>
     <t>Mont Ste-Marie</t>
   </si>
   <si>
     <t>2026-03-23</t>
   </si>
@@ -581,129 +617,126 @@
   <si>
     <t>2026-03-29</t>
   </si>
   <si>
     <t>Stoneham</t>
   </si>
   <si>
     <t>-UNI-</t>
   </si>
   <si>
     <t>UNI</t>
   </si>
   <si>
     <t>Canadian Alpine National Championships/BC Cup</t>
   </si>
   <si>
     <t>2026-03-31</t>
   </si>
   <si>
     <t>2026-04-05</t>
   </si>
   <si>
     <t>-NC-FIS-</t>
   </si>
   <si>
-    <t>-SG-GS-SL-</t>
+    <t>-SL-GS-SG-</t>
   </si>
   <si>
     <t>2xSG 2xGS 2xSL</t>
   </si>
   <si>
-    <t>2025-10-11 04:00:10</t>
-[...1 lines deleted...]
-  <si>
     <t>NC</t>
   </si>
   <si>
     <t>2026-04-01</t>
   </si>
   <si>
     <t>2026-04-02</t>
   </si>
   <si>
     <t>2026-04-03</t>
   </si>
   <si>
     <t>2026-04-04</t>
   </si>
   <si>
     <t>2026-04-07</t>
   </si>
   <si>
     <t>2026-04-12</t>
   </si>
   <si>
-    <t>-SL-GS-SG-</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">2xSL 2xGS 3xSG </t>
+    <t>2xGS 2xSL 3xSG</t>
   </si>
   <si>
     <t>Whistler Cup</t>
   </si>
   <si>
     <t>2026-04-08</t>
   </si>
   <si>
     <t>Whistler Mountain Ski Club</t>
   </si>
   <si>
     <t>-CHI-</t>
   </si>
   <si>
-    <t>-SG-GS-SL-PSL-</t>
+    <t>-SL-GS-SG-PSL-</t>
   </si>
   <si>
     <t>2xSG GS SL PSL</t>
   </si>
   <si>
     <t>CHI</t>
   </si>
   <si>
     <t>2026-04-09</t>
   </si>
   <si>
     <t>Le Relais</t>
   </si>
   <si>
     <t>2026-04-10</t>
   </si>
   <si>
     <t>2026-04-11</t>
   </si>
   <si>
     <t>PSL</t>
   </si>
   <si>
     <t>Mega Cup</t>
   </si>
   <si>
     <t>2026-04-16</t>
   </si>
   <si>
     <t>2026-04-19</t>
+  </si>
+  <si>
+    <t>2026-01-31 04:00:13</t>
   </si>
   <si>
     <t>2026-04-17</t>
   </si>
   <si>
     <t>2026-04-18</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -1012,70 +1045,70 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:CZ248"/>
+  <dimension ref="A1:CZ273"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="54.129639" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="55.272217" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="29.421387" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="44.703369" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="21.137695" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
     <col min="27" max="27" width="9.10" bestFit="true" style="0"/>
     <col min="28" max="28" width="9.10" bestFit="true" style="0"/>
     <col min="29" max="29" width="9.10" bestFit="true" style="0"/>
     <col min="30" max="30" width="9.10" bestFit="true" style="0"/>
     <col min="31" max="31" width="9.10" bestFit="true" style="0"/>
     <col min="32" max="32" width="9.10" bestFit="true" style="0"/>
     <col min="33" max="33" width="9.10" bestFit="true" style="0"/>
     <col min="34" max="34" width="9.10" bestFit="true" style="0"/>
     <col min="35" max="35" width="9.10" bestFit="true" style="0"/>
     <col min="36" max="36" width="9.10" bestFit="true" style="0"/>
     <col min="37" max="37" width="9.10" bestFit="true" style="0"/>
@@ -1258,51 +1291,51 @@
         <v>32</v>
       </c>
       <c r="N2">
         <v>127820</v>
       </c>
       <c r="O2">
         <v>2026</v>
       </c>
       <c r="P2">
         <v>5359</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>25</v>
       </c>
       <c r="U2"/>
       <c r="V2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W2" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="3" spans="1:104">
       <c r="A3">
         <v>58367</v>
       </c>
       <c r="B3" t="s">
         <v>23</v>
       </c>
       <c r="C3" t="s">
         <v>24</v>
       </c>
       <c r="D3" t="s">
         <v>25</v>
       </c>
       <c r="E3" t="s">
         <v>26</v>
       </c>
       <c r="F3" t="s">
         <v>27</v>
       </c>
       <c r="G3" t="s">
@@ -1325,51 +1358,51 @@
         <v>32</v>
       </c>
       <c r="N3">
         <v>127821</v>
       </c>
       <c r="O3">
         <v>2026</v>
       </c>
       <c r="P3">
         <v>382</v>
       </c>
       <c r="Q3" t="s">
         <v>33</v>
       </c>
       <c r="R3" t="s">
         <v>34</v>
       </c>
       <c r="S3" t="s">
         <v>37</v>
       </c>
       <c r="T3" t="s">
         <v>25</v>
       </c>
       <c r="U3"/>
       <c r="V3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W3" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="4" spans="1:104">
       <c r="A4">
         <v>58367</v>
       </c>
       <c r="B4" t="s">
         <v>23</v>
       </c>
       <c r="C4" t="s">
         <v>24</v>
       </c>
       <c r="D4" t="s">
         <v>25</v>
       </c>
       <c r="E4" t="s">
         <v>26</v>
       </c>
       <c r="F4" t="s">
         <v>27</v>
       </c>
       <c r="G4" t="s">
@@ -1392,51 +1425,51 @@
         <v>32</v>
       </c>
       <c r="N4">
         <v>127822</v>
       </c>
       <c r="O4">
         <v>2026</v>
       </c>
       <c r="P4">
         <v>5360</v>
       </c>
       <c r="Q4" t="s">
         <v>38</v>
       </c>
       <c r="R4" t="s">
         <v>34</v>
       </c>
       <c r="S4" t="s">
         <v>35</v>
       </c>
       <c r="T4" t="s">
         <v>26</v>
       </c>
       <c r="U4"/>
       <c r="V4">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W4" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="5" spans="1:104">
       <c r="A5">
         <v>58367</v>
       </c>
       <c r="B5" t="s">
         <v>23</v>
       </c>
       <c r="C5" t="s">
         <v>24</v>
       </c>
       <c r="D5" t="s">
         <v>25</v>
       </c>
       <c r="E5" t="s">
         <v>26</v>
       </c>
       <c r="F5" t="s">
         <v>27</v>
       </c>
       <c r="G5" t="s">
@@ -1459,16263 +1492,18026 @@
         <v>32</v>
       </c>
       <c r="N5">
         <v>127823</v>
       </c>
       <c r="O5">
         <v>2026</v>
       </c>
       <c r="P5">
         <v>383</v>
       </c>
       <c r="Q5" t="s">
         <v>38</v>
       </c>
       <c r="R5" t="s">
         <v>34</v>
       </c>
       <c r="S5" t="s">
         <v>37</v>
       </c>
       <c r="T5" t="s">
         <v>26</v>
       </c>
       <c r="U5"/>
       <c r="V5">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W5" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="6" spans="1:104">
       <c r="A6">
         <v>59339</v>
       </c>
       <c r="B6" t="s">
         <v>23</v>
       </c>
       <c r="C6"/>
       <c r="D6" t="s">
         <v>39</v>
       </c>
       <c r="E6" t="s">
         <v>40</v>
       </c>
       <c r="F6" t="s">
         <v>41</v>
       </c>
       <c r="G6" t="s">
         <v>42</v>
       </c>
       <c r="H6" t="s">
         <v>29</v>
       </c>
       <c r="I6" t="s">
         <v>30</v>
       </c>
       <c r="J6" t="s">
         <v>43</v>
       </c>
       <c r="K6" t="s">
         <v>43</v>
       </c>
-      <c r="L6"/>
+      <c r="L6" t="s">
+        <v>44</v>
+      </c>
       <c r="M6" t="s">
         <v>32</v>
       </c>
       <c r="N6">
         <v>130635</v>
       </c>
       <c r="O6">
         <v>2026</v>
       </c>
       <c r="P6">
         <v>5361</v>
       </c>
       <c r="Q6" t="s">
         <v>33</v>
       </c>
       <c r="R6" t="s">
         <v>34</v>
       </c>
       <c r="S6" t="s">
         <v>35</v>
       </c>
       <c r="T6" t="s">
         <v>39</v>
       </c>
       <c r="U6"/>
       <c r="V6">
         <v>0</v>
       </c>
       <c r="W6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="7" spans="1:104">
       <c r="A7">
         <v>59339</v>
       </c>
       <c r="B7" t="s">
         <v>23</v>
       </c>
       <c r="C7"/>
       <c r="D7" t="s">
         <v>39</v>
       </c>
       <c r="E7" t="s">
         <v>40</v>
       </c>
       <c r="F7" t="s">
         <v>41</v>
       </c>
       <c r="G7" t="s">
         <v>42</v>
       </c>
       <c r="H7" t="s">
         <v>29</v>
       </c>
       <c r="I7" t="s">
         <v>30</v>
       </c>
       <c r="J7" t="s">
         <v>43</v>
       </c>
       <c r="K7" t="s">
         <v>43</v>
       </c>
-      <c r="L7"/>
+      <c r="L7" t="s">
+        <v>44</v>
+      </c>
       <c r="M7" t="s">
         <v>32</v>
       </c>
       <c r="N7">
         <v>130636</v>
       </c>
       <c r="O7">
         <v>2026</v>
       </c>
       <c r="P7">
         <v>384</v>
       </c>
       <c r="Q7" t="s">
         <v>33</v>
       </c>
       <c r="R7" t="s">
         <v>34</v>
       </c>
       <c r="S7" t="s">
         <v>37</v>
       </c>
       <c r="T7" t="s">
         <v>39</v>
       </c>
       <c r="U7"/>
       <c r="V7">
         <v>0</v>
       </c>
       <c r="W7" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="8" spans="1:104">
       <c r="A8">
         <v>59339</v>
       </c>
       <c r="B8" t="s">
         <v>23</v>
       </c>
       <c r="C8"/>
       <c r="D8" t="s">
         <v>39</v>
       </c>
       <c r="E8" t="s">
         <v>40</v>
       </c>
       <c r="F8" t="s">
         <v>41</v>
       </c>
       <c r="G8" t="s">
         <v>42</v>
       </c>
       <c r="H8" t="s">
         <v>29</v>
       </c>
       <c r="I8" t="s">
         <v>30</v>
       </c>
       <c r="J8" t="s">
         <v>43</v>
       </c>
       <c r="K8" t="s">
         <v>43</v>
       </c>
-      <c r="L8"/>
+      <c r="L8" t="s">
+        <v>44</v>
+      </c>
       <c r="M8" t="s">
         <v>32</v>
       </c>
       <c r="N8">
         <v>130637</v>
       </c>
       <c r="O8">
         <v>2026</v>
       </c>
       <c r="P8">
         <v>5362</v>
       </c>
       <c r="Q8" t="s">
         <v>38</v>
       </c>
       <c r="R8" t="s">
         <v>34</v>
       </c>
       <c r="S8" t="s">
         <v>35</v>
       </c>
       <c r="T8" t="s">
         <v>40</v>
       </c>
       <c r="U8"/>
       <c r="V8">
         <v>0</v>
       </c>
       <c r="W8" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="9" spans="1:104">
       <c r="A9">
         <v>59339</v>
       </c>
       <c r="B9" t="s">
         <v>23</v>
       </c>
       <c r="C9"/>
       <c r="D9" t="s">
         <v>39</v>
       </c>
       <c r="E9" t="s">
         <v>40</v>
       </c>
       <c r="F9" t="s">
         <v>41</v>
       </c>
       <c r="G9" t="s">
         <v>42</v>
       </c>
       <c r="H9" t="s">
         <v>29</v>
       </c>
       <c r="I9" t="s">
         <v>30</v>
       </c>
       <c r="J9" t="s">
         <v>43</v>
       </c>
       <c r="K9" t="s">
         <v>43</v>
       </c>
-      <c r="L9"/>
+      <c r="L9" t="s">
+        <v>44</v>
+      </c>
       <c r="M9" t="s">
         <v>32</v>
       </c>
       <c r="N9">
         <v>130638</v>
       </c>
       <c r="O9">
         <v>2026</v>
       </c>
       <c r="P9">
         <v>385</v>
       </c>
       <c r="Q9" t="s">
         <v>38</v>
       </c>
       <c r="R9" t="s">
         <v>34</v>
       </c>
       <c r="S9" t="s">
         <v>37</v>
       </c>
       <c r="T9" t="s">
         <v>40</v>
       </c>
       <c r="U9"/>
       <c r="V9">
         <v>0</v>
       </c>
       <c r="W9" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="10" spans="1:104">
       <c r="A10">
         <v>59339</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10"/>
       <c r="D10" t="s">
         <v>39</v>
       </c>
       <c r="E10" t="s">
         <v>40</v>
       </c>
       <c r="F10" t="s">
         <v>41</v>
       </c>
       <c r="G10" t="s">
         <v>42</v>
       </c>
       <c r="H10" t="s">
         <v>29</v>
       </c>
       <c r="I10" t="s">
         <v>30</v>
       </c>
       <c r="J10" t="s">
         <v>43</v>
       </c>
       <c r="K10" t="s">
         <v>43</v>
       </c>
-      <c r="L10"/>
+      <c r="L10" t="s">
+        <v>44</v>
+      </c>
       <c r="M10" t="s">
         <v>32</v>
       </c>
       <c r="N10">
         <v>130639</v>
       </c>
       <c r="O10">
         <v>2026</v>
       </c>
       <c r="P10">
         <v>5363</v>
       </c>
       <c r="Q10" t="s">
         <v>38</v>
       </c>
       <c r="R10" t="s">
         <v>34</v>
       </c>
       <c r="S10" t="s">
         <v>35</v>
       </c>
       <c r="T10" t="s">
         <v>40</v>
       </c>
       <c r="U10"/>
       <c r="V10">
         <v>0</v>
       </c>
       <c r="W10" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="11" spans="1:104">
       <c r="A11">
         <v>59339</v>
       </c>
       <c r="B11" t="s">
         <v>23</v>
       </c>
       <c r="C11"/>
       <c r="D11" t="s">
         <v>39</v>
       </c>
       <c r="E11" t="s">
         <v>40</v>
       </c>
       <c r="F11" t="s">
         <v>41</v>
       </c>
       <c r="G11" t="s">
         <v>42</v>
       </c>
       <c r="H11" t="s">
         <v>29</v>
       </c>
       <c r="I11" t="s">
         <v>30</v>
       </c>
       <c r="J11" t="s">
         <v>43</v>
       </c>
       <c r="K11" t="s">
         <v>43</v>
       </c>
-      <c r="L11"/>
+      <c r="L11" t="s">
+        <v>44</v>
+      </c>
       <c r="M11" t="s">
         <v>32</v>
       </c>
       <c r="N11">
         <v>130640</v>
       </c>
       <c r="O11">
         <v>2026</v>
       </c>
       <c r="P11">
         <v>386</v>
       </c>
       <c r="Q11" t="s">
         <v>38</v>
       </c>
       <c r="R11" t="s">
         <v>34</v>
       </c>
       <c r="S11" t="s">
         <v>37</v>
       </c>
       <c r="T11" t="s">
         <v>40</v>
       </c>
       <c r="U11"/>
       <c r="V11">
         <v>0</v>
       </c>
       <c r="W11" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="12" spans="1:104">
       <c r="A12">
         <v>58003</v>
       </c>
       <c r="B12" t="s">
         <v>23</v>
       </c>
       <c r="C12"/>
       <c r="D12" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E12" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F12" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="G12" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H12" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="I12" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="J12" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="K12"/>
       <c r="L12"/>
       <c r="M12" t="s">
         <v>32</v>
       </c>
       <c r="N12">
         <v>127343</v>
       </c>
       <c r="O12">
         <v>2026</v>
       </c>
       <c r="P12">
         <v>5011</v>
       </c>
       <c r="Q12" t="s">
         <v>33</v>
       </c>
       <c r="R12" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="S12" t="s">
         <v>35</v>
       </c>
       <c r="T12" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="U12"/>
       <c r="V12">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W12" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="13" spans="1:104">
       <c r="A13">
         <v>58869</v>
       </c>
       <c r="B13" t="s">
         <v>23</v>
       </c>
       <c r="C13" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D13" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E13" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F13" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H13" t="s">
         <v>29</v>
       </c>
       <c r="I13" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="J13" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="K13" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
         <v>32</v>
       </c>
       <c r="N13">
         <v>129222</v>
       </c>
       <c r="O13">
         <v>2026</v>
       </c>
       <c r="P13">
         <v>5364</v>
       </c>
       <c r="Q13" t="s">
         <v>38</v>
       </c>
       <c r="R13" t="s">
         <v>34</v>
       </c>
       <c r="S13" t="s">
         <v>35</v>
       </c>
       <c r="T13" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="U13"/>
       <c r="V13">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W13" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="14" spans="1:104">
       <c r="A14">
         <v>58869</v>
       </c>
       <c r="B14" t="s">
         <v>23</v>
       </c>
       <c r="C14" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D14" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E14" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F14" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G14" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H14" t="s">
         <v>29</v>
       </c>
       <c r="I14" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="J14" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="K14" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
         <v>32</v>
       </c>
       <c r="N14">
         <v>129223</v>
       </c>
       <c r="O14">
         <v>2026</v>
       </c>
       <c r="P14">
         <v>387</v>
       </c>
       <c r="Q14" t="s">
         <v>38</v>
       </c>
       <c r="R14" t="s">
         <v>34</v>
       </c>
       <c r="S14" t="s">
         <v>37</v>
       </c>
       <c r="T14" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="U14"/>
       <c r="V14">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W14" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="15" spans="1:104">
       <c r="A15">
         <v>58003</v>
       </c>
       <c r="B15" t="s">
         <v>23</v>
       </c>
       <c r="C15"/>
       <c r="D15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E15" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F15" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="G15" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H15" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="I15" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="J15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="K15"/>
       <c r="L15"/>
       <c r="M15" t="s">
         <v>32</v>
       </c>
       <c r="N15">
         <v>127344</v>
       </c>
       <c r="O15">
         <v>2026</v>
       </c>
       <c r="P15">
         <v>5012</v>
       </c>
       <c r="Q15" t="s">
         <v>33</v>
       </c>
       <c r="R15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="S15" t="s">
         <v>35</v>
       </c>
       <c r="T15" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="U15"/>
       <c r="V15">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W15" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="16" spans="1:104">
       <c r="A16">
         <v>58869</v>
       </c>
       <c r="B16" t="s">
         <v>23</v>
       </c>
       <c r="C16" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D16" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E16" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F16" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G16" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H16" t="s">
         <v>29</v>
       </c>
       <c r="I16" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="J16" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="K16" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
         <v>32</v>
       </c>
       <c r="N16">
         <v>129224</v>
       </c>
       <c r="O16">
         <v>2026</v>
       </c>
       <c r="P16">
         <v>5365</v>
       </c>
       <c r="Q16" t="s">
         <v>38</v>
       </c>
       <c r="R16" t="s">
         <v>34</v>
       </c>
       <c r="S16" t="s">
         <v>35</v>
       </c>
       <c r="T16" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="U16"/>
       <c r="V16">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W16" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="17" spans="1:104">
       <c r="A17">
         <v>58869</v>
       </c>
       <c r="B17" t="s">
         <v>23</v>
       </c>
       <c r="C17" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D17" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E17" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F17" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G17" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H17" t="s">
         <v>29</v>
       </c>
       <c r="I17" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="J17" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="K17" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
         <v>32</v>
       </c>
       <c r="N17">
         <v>129225</v>
       </c>
       <c r="O17">
         <v>2026</v>
       </c>
       <c r="P17">
         <v>388</v>
       </c>
       <c r="Q17" t="s">
         <v>38</v>
       </c>
       <c r="R17" t="s">
         <v>34</v>
       </c>
       <c r="S17" t="s">
         <v>37</v>
       </c>
       <c r="T17" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="U17"/>
       <c r="V17">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W17" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="18" spans="1:104">
       <c r="A18">
         <v>59340</v>
       </c>
       <c r="B18" t="s">
         <v>23</v>
       </c>
       <c r="C18" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D18" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="G18" t="s">
         <v>42</v>
       </c>
       <c r="H18" t="s">
         <v>29</v>
       </c>
       <c r="I18" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="J18" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="K18" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
         <v>32</v>
       </c>
       <c r="N18">
         <v>130641</v>
       </c>
       <c r="O18">
         <v>2026</v>
       </c>
       <c r="P18">
         <v>5366</v>
       </c>
       <c r="Q18" t="s">
         <v>38</v>
       </c>
       <c r="R18" t="s">
         <v>34</v>
       </c>
       <c r="S18" t="s">
         <v>35</v>
       </c>
       <c r="T18" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="U18"/>
       <c r="V18">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W18" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="19" spans="1:104">
       <c r="A19">
         <v>59340</v>
       </c>
       <c r="B19" t="s">
         <v>23</v>
       </c>
       <c r="C19" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D19" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E19" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F19" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="G19" t="s">
         <v>42</v>
       </c>
       <c r="H19" t="s">
         <v>29</v>
       </c>
       <c r="I19" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="J19" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="K19" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
         <v>32</v>
       </c>
       <c r="N19">
         <v>130642</v>
       </c>
       <c r="O19">
         <v>2026</v>
       </c>
       <c r="P19">
         <v>389</v>
       </c>
       <c r="Q19" t="s">
         <v>38</v>
       </c>
       <c r="R19" t="s">
         <v>34</v>
       </c>
       <c r="S19" t="s">
         <v>37</v>
       </c>
       <c r="T19" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="U19"/>
       <c r="V19">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W19" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="20" spans="1:104">
       <c r="A20">
         <v>59340</v>
       </c>
       <c r="B20" t="s">
         <v>23</v>
       </c>
       <c r="C20" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D20" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E20" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F20" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="G20" t="s">
         <v>42</v>
       </c>
       <c r="H20" t="s">
         <v>29</v>
       </c>
       <c r="I20" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="J20" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="K20" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
         <v>32</v>
       </c>
       <c r="N20">
         <v>130643</v>
       </c>
       <c r="O20">
         <v>2026</v>
       </c>
       <c r="P20">
         <v>5367</v>
       </c>
       <c r="Q20" t="s">
         <v>38</v>
       </c>
       <c r="R20" t="s">
         <v>34</v>
       </c>
       <c r="S20" t="s">
         <v>35</v>
       </c>
       <c r="T20" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="U20"/>
       <c r="V20">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W20" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="21" spans="1:104">
       <c r="A21">
         <v>59340</v>
       </c>
       <c r="B21" t="s">
         <v>23</v>
       </c>
       <c r="C21" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D21" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E21" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F21" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="G21" t="s">
         <v>42</v>
       </c>
       <c r="H21" t="s">
         <v>29</v>
       </c>
       <c r="I21" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="J21" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="K21" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
         <v>32</v>
       </c>
       <c r="N21">
         <v>130644</v>
       </c>
       <c r="O21">
         <v>2026</v>
       </c>
       <c r="P21">
         <v>390</v>
       </c>
       <c r="Q21" t="s">
         <v>38</v>
       </c>
       <c r="R21" t="s">
         <v>34</v>
       </c>
       <c r="S21" t="s">
         <v>37</v>
       </c>
       <c r="T21" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="U21"/>
       <c r="V21">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W21" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="22" spans="1:104">
       <c r="A22">
         <v>58870</v>
       </c>
       <c r="B22" t="s">
         <v>23</v>
       </c>
       <c r="C22" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D22" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E22" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="F22" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="G22" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H22" t="s">
         <v>29</v>
       </c>
       <c r="I22" t="s">
         <v>30</v>
       </c>
       <c r="J22" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="K22" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="L22"/>
+        <v>67</v>
+      </c>
+      <c r="L22" t="s">
+        <v>68</v>
+      </c>
       <c r="M22" t="s">
         <v>32</v>
       </c>
       <c r="N22">
         <v>129226</v>
       </c>
       <c r="O22">
         <v>2026</v>
       </c>
       <c r="P22">
         <v>5368</v>
       </c>
       <c r="Q22" t="s">
         <v>33</v>
       </c>
       <c r="R22" t="s">
         <v>34</v>
       </c>
       <c r="S22" t="s">
         <v>35</v>
       </c>
       <c r="T22" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="U22"/>
       <c r="V22">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W22" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="23" spans="1:104">
       <c r="A23">
         <v>58870</v>
       </c>
       <c r="B23" t="s">
         <v>23</v>
       </c>
       <c r="C23" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D23" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E23" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="F23" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="G23" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H23" t="s">
         <v>29</v>
       </c>
       <c r="I23" t="s">
         <v>30</v>
       </c>
       <c r="J23" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="K23" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="L23"/>
+        <v>67</v>
+      </c>
+      <c r="L23" t="s">
+        <v>68</v>
+      </c>
       <c r="M23" t="s">
         <v>32</v>
       </c>
       <c r="N23">
         <v>129227</v>
       </c>
       <c r="O23">
         <v>2026</v>
       </c>
       <c r="P23">
         <v>391</v>
       </c>
       <c r="Q23" t="s">
         <v>33</v>
       </c>
       <c r="R23" t="s">
         <v>34</v>
       </c>
       <c r="S23" t="s">
         <v>37</v>
       </c>
       <c r="T23" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="U23"/>
       <c r="V23">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W23" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="24" spans="1:104">
       <c r="A24">
         <v>59341</v>
       </c>
       <c r="B24" t="s">
         <v>23</v>
       </c>
       <c r="C24" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D24" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E24" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="F24" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="G24" t="s">
         <v>42</v>
       </c>
       <c r="H24" t="s">
         <v>29</v>
       </c>
       <c r="I24" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="J24" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="K24" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="L24"/>
+        <v>52</v>
+      </c>
+      <c r="L24" t="s">
+        <v>68</v>
+      </c>
       <c r="M24" t="s">
         <v>32</v>
       </c>
       <c r="N24">
         <v>130645</v>
       </c>
       <c r="O24">
         <v>2026</v>
       </c>
       <c r="P24">
         <v>5369</v>
       </c>
       <c r="Q24" t="s">
         <v>33</v>
       </c>
       <c r="R24" t="s">
         <v>34</v>
       </c>
       <c r="S24" t="s">
         <v>35</v>
       </c>
       <c r="T24" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="U24"/>
       <c r="V24">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W24" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="25" spans="1:104">
       <c r="A25">
-        <v>59342</v>
+        <v>59341</v>
       </c>
       <c r="B25" t="s">
         <v>23</v>
       </c>
       <c r="C25" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D25" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E25" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="F25" t="s">
-        <v>67</v>
+        <v>48</v>
       </c>
       <c r="G25" t="s">
         <v>42</v>
       </c>
       <c r="H25" t="s">
         <v>29</v>
       </c>
       <c r="I25" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="J25" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="K25" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="L25"/>
+        <v>52</v>
+      </c>
+      <c r="L25" t="s">
+        <v>68</v>
+      </c>
       <c r="M25" t="s">
         <v>32</v>
       </c>
       <c r="N25">
-        <v>130649</v>
+        <v>130646</v>
       </c>
       <c r="O25">
         <v>2026</v>
       </c>
       <c r="P25">
-        <v>392</v>
+        <v>5371</v>
       </c>
       <c r="Q25" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="R25" t="s">
         <v>34</v>
       </c>
       <c r="S25" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="T25" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="U25"/>
       <c r="V25">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W25" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="26" spans="1:104">
       <c r="A26">
-        <v>58870</v>
+        <v>59342</v>
       </c>
       <c r="B26" t="s">
         <v>23</v>
       </c>
       <c r="C26" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="D26" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E26" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="F26" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="G26" t="s">
-        <v>55</v>
+        <v>42</v>
       </c>
       <c r="H26" t="s">
         <v>29</v>
       </c>
       <c r="I26" t="s">
-        <v>30</v>
+        <v>57</v>
       </c>
       <c r="J26" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="K26" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
         <v>32</v>
       </c>
       <c r="N26">
-        <v>129228</v>
+        <v>130649</v>
       </c>
       <c r="O26">
         <v>2026</v>
       </c>
       <c r="P26">
-        <v>5370</v>
+        <v>392</v>
       </c>
       <c r="Q26" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="R26" t="s">
         <v>34</v>
       </c>
       <c r="S26" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="T26" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="U26"/>
       <c r="V26">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W26" t="s">
-        <v>58</v>
+        <v>45</v>
       </c>
     </row>
     <row r="27" spans="1:104">
       <c r="A27">
-        <v>58870</v>
+        <v>59342</v>
       </c>
       <c r="B27" t="s">
         <v>23</v>
       </c>
       <c r="C27" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="D27" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E27" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="F27" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="G27" t="s">
-        <v>55</v>
+        <v>42</v>
       </c>
       <c r="H27" t="s">
         <v>29</v>
       </c>
       <c r="I27" t="s">
-        <v>30</v>
+        <v>57</v>
       </c>
       <c r="J27" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="K27" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
         <v>32</v>
       </c>
       <c r="N27">
-        <v>129229</v>
+        <v>130650</v>
       </c>
       <c r="O27">
         <v>2026</v>
       </c>
       <c r="P27">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="Q27" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="R27" t="s">
         <v>34</v>
       </c>
       <c r="S27" t="s">
         <v>37</v>
       </c>
       <c r="T27" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="U27"/>
       <c r="V27">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W27" t="s">
-        <v>58</v>
+        <v>45</v>
       </c>
     </row>
     <row r="28" spans="1:104">
       <c r="A28">
-        <v>59341</v>
+        <v>59387</v>
       </c>
       <c r="B28" t="s">
         <v>23</v>
       </c>
       <c r="C28" t="s">
-        <v>59</v>
+        <v>71</v>
       </c>
       <c r="D28" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c r="E28" t="s">
-        <v>64</v>
+        <v>72</v>
       </c>
       <c r="F28" t="s">
-        <v>47</v>
+        <v>73</v>
       </c>
       <c r="G28" t="s">
-        <v>42</v>
+        <v>74</v>
       </c>
       <c r="H28" t="s">
-        <v>29</v>
+        <v>75</v>
       </c>
       <c r="I28" t="s">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="J28" t="s">
-        <v>51</v>
+        <v>76</v>
       </c>
       <c r="K28" t="s">
-        <v>51</v>
+        <v>76</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
         <v>32</v>
       </c>
       <c r="N28">
-        <v>130646</v>
+        <v>130853</v>
       </c>
       <c r="O28">
         <v>2026</v>
       </c>
       <c r="P28">
-        <v>5371</v>
+        <v>1762</v>
       </c>
       <c r="Q28" t="s">
         <v>33</v>
       </c>
       <c r="R28" t="s">
-        <v>34</v>
+        <v>77</v>
       </c>
       <c r="S28" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="T28" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="U28"/>
       <c r="V28">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W28" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="29" spans="1:104">
       <c r="A29">
-        <v>59342</v>
+        <v>59387</v>
       </c>
       <c r="B29" t="s">
         <v>23</v>
       </c>
       <c r="C29" t="s">
-        <v>59</v>
+        <v>71</v>
       </c>
       <c r="D29" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c r="E29" t="s">
-        <v>64</v>
+        <v>72</v>
       </c>
       <c r="F29" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="G29" t="s">
-        <v>42</v>
+        <v>74</v>
       </c>
       <c r="H29" t="s">
-        <v>29</v>
+        <v>75</v>
       </c>
       <c r="I29" t="s">
-        <v>56</v>
+        <v>30</v>
       </c>
       <c r="J29" t="s">
-        <v>57</v>
+        <v>76</v>
       </c>
       <c r="K29" t="s">
-        <v>57</v>
+        <v>76</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
         <v>32</v>
       </c>
       <c r="N29">
-        <v>130650</v>
+        <v>130854</v>
       </c>
       <c r="O29">
         <v>2026</v>
       </c>
       <c r="P29">
-        <v>394</v>
+        <v>6700</v>
       </c>
       <c r="Q29" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="R29" t="s">
-        <v>34</v>
+        <v>77</v>
       </c>
       <c r="S29" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="T29" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="U29"/>
       <c r="V29">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W29" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="30" spans="1:104">
       <c r="A30">
-        <v>59387</v>
+        <v>58870</v>
       </c>
       <c r="B30" t="s">
         <v>23</v>
       </c>
       <c r="C30" t="s">
-        <v>69</v>
+        <v>54</v>
       </c>
       <c r="D30" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="E30" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="F30" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="G30" t="s">
-        <v>72</v>
+        <v>56</v>
       </c>
       <c r="H30" t="s">
-        <v>73</v>
+        <v>29</v>
       </c>
       <c r="I30" t="s">
         <v>30</v>
       </c>
       <c r="J30" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="K30" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="L30"/>
+        <v>67</v>
+      </c>
+      <c r="L30" t="s">
+        <v>68</v>
+      </c>
       <c r="M30" t="s">
         <v>32</v>
       </c>
       <c r="N30">
-        <v>130853</v>
+        <v>129228</v>
       </c>
       <c r="O30">
         <v>2026</v>
       </c>
       <c r="P30">
-        <v>1762</v>
+        <v>5370</v>
       </c>
       <c r="Q30" t="s">
         <v>33</v>
       </c>
       <c r="R30" t="s">
-        <v>74</v>
+        <v>34</v>
       </c>
       <c r="S30" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="T30" t="s">
-        <v>68</v>
+        <v>78</v>
       </c>
       <c r="U30"/>
       <c r="V30">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W30" t="s">
-        <v>44</v>
+        <v>59</v>
       </c>
     </row>
     <row r="31" spans="1:104">
       <c r="A31">
-        <v>59387</v>
+        <v>58870</v>
       </c>
       <c r="B31" t="s">
         <v>23</v>
       </c>
       <c r="C31" t="s">
-        <v>69</v>
+        <v>54</v>
       </c>
       <c r="D31" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="E31" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="F31" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="G31" t="s">
-        <v>72</v>
+        <v>56</v>
       </c>
       <c r="H31" t="s">
-        <v>73</v>
+        <v>29</v>
       </c>
       <c r="I31" t="s">
         <v>30</v>
       </c>
       <c r="J31" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="K31" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="L31"/>
+        <v>67</v>
+      </c>
+      <c r="L31" t="s">
+        <v>68</v>
+      </c>
       <c r="M31" t="s">
         <v>32</v>
       </c>
       <c r="N31">
-        <v>130854</v>
+        <v>129229</v>
       </c>
       <c r="O31">
         <v>2026</v>
       </c>
       <c r="P31">
-        <v>6700</v>
+        <v>393</v>
       </c>
       <c r="Q31" t="s">
         <v>33</v>
       </c>
       <c r="R31" t="s">
-        <v>74</v>
+        <v>34</v>
       </c>
       <c r="S31" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="T31" t="s">
-        <v>68</v>
+        <v>78</v>
       </c>
       <c r="U31"/>
       <c r="V31">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W31" t="s">
-        <v>44</v>
+        <v>59</v>
       </c>
     </row>
     <row r="32" spans="1:104">
       <c r="A32">
-        <v>58870</v>
+        <v>59341</v>
       </c>
       <c r="B32" t="s">
         <v>23</v>
       </c>
       <c r="C32" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="D32" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E32" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="F32" t="s">
-        <v>65</v>
+        <v>48</v>
       </c>
       <c r="G32" t="s">
-        <v>55</v>
+        <v>42</v>
       </c>
       <c r="H32" t="s">
         <v>29</v>
       </c>
       <c r="I32" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="J32" t="s">
-        <v>66</v>
+        <v>52</v>
       </c>
       <c r="K32" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="L32"/>
+        <v>52</v>
+      </c>
+      <c r="L32" t="s">
+        <v>68</v>
+      </c>
       <c r="M32" t="s">
         <v>32</v>
       </c>
       <c r="N32">
-        <v>129230</v>
+        <v>130647</v>
       </c>
       <c r="O32">
         <v>2026</v>
       </c>
       <c r="P32">
-        <v>5372</v>
+        <v>395</v>
       </c>
       <c r="Q32" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="R32" t="s">
         <v>34</v>
       </c>
       <c r="S32" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="T32" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="U32"/>
       <c r="V32">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W32" t="s">
-        <v>58</v>
+        <v>45</v>
       </c>
     </row>
     <row r="33" spans="1:104">
       <c r="A33">
-        <v>58870</v>
+        <v>59342</v>
       </c>
       <c r="B33" t="s">
         <v>23</v>
       </c>
       <c r="C33" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="D33" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E33" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="F33" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="G33" t="s">
-        <v>55</v>
+        <v>42</v>
       </c>
       <c r="H33" t="s">
         <v>29</v>
       </c>
       <c r="I33" t="s">
-        <v>30</v>
+        <v>57</v>
       </c>
       <c r="J33" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="K33" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
         <v>32</v>
       </c>
       <c r="N33">
-        <v>129231</v>
+        <v>130651</v>
       </c>
       <c r="O33">
         <v>2026</v>
       </c>
       <c r="P33">
-        <v>396</v>
+        <v>5373</v>
       </c>
       <c r="Q33" t="s">
         <v>38</v>
       </c>
       <c r="R33" t="s">
         <v>34</v>
       </c>
       <c r="S33" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="T33" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="U33"/>
       <c r="V33">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W33" t="s">
-        <v>58</v>
+        <v>45</v>
       </c>
     </row>
     <row r="34" spans="1:104">
       <c r="A34">
-        <v>59341</v>
+        <v>59387</v>
       </c>
       <c r="B34" t="s">
         <v>23</v>
       </c>
       <c r="C34" t="s">
-        <v>59</v>
+        <v>71</v>
       </c>
       <c r="D34" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c r="E34" t="s">
-        <v>64</v>
+        <v>72</v>
       </c>
       <c r="F34" t="s">
-        <v>47</v>
+        <v>73</v>
       </c>
       <c r="G34" t="s">
-        <v>42</v>
+        <v>74</v>
       </c>
       <c r="H34" t="s">
-        <v>29</v>
+        <v>75</v>
       </c>
       <c r="I34" t="s">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="J34" t="s">
-        <v>51</v>
+        <v>76</v>
       </c>
       <c r="K34" t="s">
-        <v>51</v>
+        <v>76</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
         <v>32</v>
       </c>
       <c r="N34">
-        <v>130647</v>
+        <v>130855</v>
       </c>
       <c r="O34">
         <v>2026</v>
       </c>
       <c r="P34">
-        <v>395</v>
+        <v>1766</v>
       </c>
       <c r="Q34" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="R34" t="s">
         <v>34</v>
       </c>
       <c r="S34" t="s">
         <v>37</v>
       </c>
       <c r="T34" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="U34"/>
       <c r="V34">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W34" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="35" spans="1:104">
       <c r="A35">
-        <v>59342</v>
+        <v>59387</v>
       </c>
       <c r="B35" t="s">
         <v>23</v>
       </c>
       <c r="C35" t="s">
-        <v>59</v>
+        <v>71</v>
       </c>
       <c r="D35" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c r="E35" t="s">
-        <v>64</v>
+        <v>72</v>
       </c>
       <c r="F35" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="G35" t="s">
-        <v>42</v>
+        <v>74</v>
       </c>
       <c r="H35" t="s">
-        <v>29</v>
+        <v>75</v>
       </c>
       <c r="I35" t="s">
-        <v>56</v>
+        <v>30</v>
       </c>
       <c r="J35" t="s">
-        <v>57</v>
+        <v>76</v>
       </c>
       <c r="K35" t="s">
-        <v>57</v>
+        <v>76</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="s">
         <v>32</v>
       </c>
       <c r="N35">
-        <v>130651</v>
+        <v>130856</v>
       </c>
       <c r="O35">
         <v>2026</v>
       </c>
       <c r="P35">
-        <v>5373</v>
+        <v>6703</v>
       </c>
       <c r="Q35" t="s">
         <v>38</v>
       </c>
       <c r="R35" t="s">
         <v>34</v>
       </c>
       <c r="S35" t="s">
         <v>35</v>
       </c>
       <c r="T35" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="U35"/>
       <c r="V35">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W35" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="36" spans="1:104">
       <c r="A36">
-        <v>59387</v>
+        <v>58870</v>
       </c>
       <c r="B36" t="s">
         <v>23</v>
       </c>
       <c r="C36" t="s">
-        <v>69</v>
+        <v>54</v>
       </c>
       <c r="D36" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="E36" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="F36" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="G36" t="s">
-        <v>72</v>
+        <v>56</v>
       </c>
       <c r="H36" t="s">
-        <v>73</v>
+        <v>29</v>
       </c>
       <c r="I36" t="s">
         <v>30</v>
       </c>
       <c r="J36" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="K36" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="L36"/>
+        <v>67</v>
+      </c>
+      <c r="L36" t="s">
+        <v>68</v>
+      </c>
       <c r="M36" t="s">
         <v>32</v>
       </c>
       <c r="N36">
-        <v>130855</v>
+        <v>129232</v>
       </c>
       <c r="O36">
         <v>2026</v>
       </c>
       <c r="P36">
-        <v>1766</v>
+        <v>5374</v>
       </c>
       <c r="Q36" t="s">
         <v>38</v>
       </c>
       <c r="R36" t="s">
-        <v>74</v>
+        <v>34</v>
       </c>
       <c r="S36" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="T36" t="s">
-        <v>75</v>
+        <v>65</v>
       </c>
       <c r="U36"/>
       <c r="V36">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W36" t="s">
-        <v>44</v>
+        <v>59</v>
       </c>
     </row>
     <row r="37" spans="1:104">
       <c r="A37">
-        <v>59387</v>
+        <v>58870</v>
       </c>
       <c r="B37" t="s">
         <v>23</v>
       </c>
       <c r="C37" t="s">
-        <v>69</v>
+        <v>54</v>
       </c>
       <c r="D37" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="E37" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="F37" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="G37" t="s">
-        <v>72</v>
+        <v>56</v>
       </c>
       <c r="H37" t="s">
-        <v>73</v>
+        <v>29</v>
       </c>
       <c r="I37" t="s">
         <v>30</v>
       </c>
       <c r="J37" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="K37" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="L37"/>
+        <v>67</v>
+      </c>
+      <c r="L37" t="s">
+        <v>68</v>
+      </c>
       <c r="M37" t="s">
         <v>32</v>
       </c>
       <c r="N37">
-        <v>130856</v>
+        <v>129233</v>
       </c>
       <c r="O37">
         <v>2026</v>
       </c>
       <c r="P37">
-        <v>6703</v>
+        <v>398</v>
       </c>
       <c r="Q37" t="s">
         <v>38</v>
       </c>
       <c r="R37" t="s">
-        <v>74</v>
+        <v>34</v>
       </c>
       <c r="S37" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="T37" t="s">
-        <v>75</v>
+        <v>65</v>
       </c>
       <c r="U37"/>
       <c r="V37">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W37" t="s">
-        <v>44</v>
+        <v>59</v>
       </c>
     </row>
     <row r="38" spans="1:104">
       <c r="A38">
-        <v>58870</v>
+        <v>59341</v>
       </c>
       <c r="B38" t="s">
         <v>23</v>
       </c>
       <c r="C38" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="D38" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E38" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="F38" t="s">
-        <v>65</v>
+        <v>48</v>
       </c>
       <c r="G38" t="s">
-        <v>55</v>
+        <v>42</v>
       </c>
       <c r="H38" t="s">
         <v>29</v>
       </c>
       <c r="I38" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="J38" t="s">
-        <v>66</v>
+        <v>52</v>
       </c>
       <c r="K38" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="L38"/>
+        <v>52</v>
+      </c>
+      <c r="L38" t="s">
+        <v>68</v>
+      </c>
       <c r="M38" t="s">
         <v>32</v>
       </c>
       <c r="N38">
-        <v>129232</v>
+        <v>130648</v>
       </c>
       <c r="O38">
         <v>2026</v>
       </c>
       <c r="P38">
-        <v>5374</v>
+        <v>397</v>
       </c>
       <c r="Q38" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="R38" t="s">
         <v>34</v>
       </c>
       <c r="S38" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="T38" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="U38"/>
       <c r="V38">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W38" t="s">
-        <v>58</v>
+        <v>45</v>
       </c>
     </row>
     <row r="39" spans="1:104">
       <c r="A39">
-        <v>58870</v>
+        <v>59342</v>
       </c>
       <c r="B39" t="s">
         <v>23</v>
       </c>
       <c r="C39" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="D39" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E39" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="F39" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="G39" t="s">
-        <v>55</v>
+        <v>42</v>
       </c>
       <c r="H39" t="s">
         <v>29</v>
       </c>
       <c r="I39" t="s">
-        <v>30</v>
+        <v>57</v>
       </c>
       <c r="J39" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="K39" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="L39"/>
       <c r="M39" t="s">
         <v>32</v>
       </c>
       <c r="N39">
-        <v>129233</v>
+        <v>130652</v>
       </c>
       <c r="O39">
         <v>2026</v>
       </c>
       <c r="P39">
-        <v>398</v>
+        <v>5375</v>
       </c>
       <c r="Q39" t="s">
         <v>38</v>
       </c>
       <c r="R39" t="s">
         <v>34</v>
       </c>
       <c r="S39" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="T39" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="U39"/>
       <c r="V39">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W39" t="s">
-        <v>58</v>
+        <v>45</v>
       </c>
     </row>
     <row r="40" spans="1:104">
       <c r="A40">
-        <v>59341</v>
+        <v>59387</v>
       </c>
       <c r="B40" t="s">
         <v>23</v>
       </c>
       <c r="C40" t="s">
-        <v>59</v>
+        <v>71</v>
       </c>
       <c r="D40" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c r="E40" t="s">
-        <v>64</v>
+        <v>72</v>
       </c>
       <c r="F40" t="s">
-        <v>47</v>
+        <v>73</v>
       </c>
       <c r="G40" t="s">
-        <v>42</v>
+        <v>74</v>
       </c>
       <c r="H40" t="s">
-        <v>29</v>
+        <v>75</v>
       </c>
       <c r="I40" t="s">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="J40" t="s">
-        <v>51</v>
+        <v>76</v>
       </c>
       <c r="K40" t="s">
-        <v>51</v>
+        <v>76</v>
       </c>
       <c r="L40"/>
       <c r="M40" t="s">
         <v>32</v>
       </c>
       <c r="N40">
-        <v>130648</v>
+        <v>130857</v>
       </c>
       <c r="O40">
         <v>2026</v>
       </c>
       <c r="P40">
-        <v>397</v>
+        <v>1769</v>
       </c>
       <c r="Q40" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="R40" t="s">
         <v>34</v>
       </c>
       <c r="S40" t="s">
         <v>37</v>
       </c>
       <c r="T40" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="U40"/>
       <c r="V40">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W40" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="41" spans="1:104">
       <c r="A41">
-        <v>59342</v>
+        <v>59387</v>
       </c>
       <c r="B41" t="s">
         <v>23</v>
       </c>
       <c r="C41" t="s">
-        <v>59</v>
+        <v>71</v>
       </c>
       <c r="D41" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c r="E41" t="s">
-        <v>64</v>
+        <v>72</v>
       </c>
       <c r="F41" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="G41" t="s">
-        <v>42</v>
+        <v>74</v>
       </c>
       <c r="H41" t="s">
-        <v>29</v>
+        <v>75</v>
       </c>
       <c r="I41" t="s">
-        <v>56</v>
+        <v>30</v>
       </c>
       <c r="J41" t="s">
-        <v>57</v>
+        <v>76</v>
       </c>
       <c r="K41" t="s">
-        <v>57</v>
+        <v>76</v>
       </c>
       <c r="L41"/>
       <c r="M41" t="s">
         <v>32</v>
       </c>
       <c r="N41">
-        <v>130652</v>
+        <v>130858</v>
       </c>
       <c r="O41">
         <v>2026</v>
       </c>
       <c r="P41">
-        <v>5375</v>
+        <v>6706</v>
       </c>
       <c r="Q41" t="s">
         <v>38</v>
       </c>
       <c r="R41" t="s">
         <v>34</v>
       </c>
       <c r="S41" t="s">
         <v>35</v>
       </c>
       <c r="T41" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="U41"/>
       <c r="V41">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W41" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="42" spans="1:104">
       <c r="A42">
         <v>59387</v>
       </c>
       <c r="B42" t="s">
         <v>23</v>
       </c>
       <c r="C42" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="D42" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="E42" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="F42" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="G42" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="H42" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="I42" t="s">
         <v>30</v>
       </c>
       <c r="J42" t="s">
-        <v>66</v>
+        <v>76</v>
       </c>
       <c r="K42" t="s">
-        <v>66</v>
+        <v>76</v>
       </c>
       <c r="L42"/>
       <c r="M42" t="s">
         <v>32</v>
       </c>
       <c r="N42">
-        <v>130857</v>
+        <v>130859</v>
       </c>
       <c r="O42">
         <v>2026</v>
       </c>
       <c r="P42">
-        <v>1769</v>
+        <v>1772</v>
       </c>
       <c r="Q42" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="R42" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="S42" t="s">
         <v>37</v>
       </c>
       <c r="T42" t="s">
-        <v>64</v>
+        <v>72</v>
       </c>
       <c r="U42"/>
       <c r="V42">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W42" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="43" spans="1:104">
       <c r="A43">
         <v>59387</v>
       </c>
       <c r="B43" t="s">
         <v>23</v>
       </c>
       <c r="C43" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="D43" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="E43" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="F43" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="G43" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="H43" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="I43" t="s">
         <v>30</v>
       </c>
       <c r="J43" t="s">
-        <v>66</v>
+        <v>76</v>
       </c>
       <c r="K43" t="s">
-        <v>66</v>
+        <v>76</v>
       </c>
       <c r="L43"/>
       <c r="M43" t="s">
         <v>32</v>
       </c>
       <c r="N43">
-        <v>130858</v>
+        <v>130860</v>
       </c>
       <c r="O43">
         <v>2026</v>
       </c>
       <c r="P43">
-        <v>6706</v>
+        <v>6709</v>
       </c>
       <c r="Q43" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="R43" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="S43" t="s">
         <v>35</v>
       </c>
       <c r="T43" t="s">
-        <v>64</v>
+        <v>72</v>
       </c>
       <c r="U43"/>
       <c r="V43">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W43" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="44" spans="1:104">
       <c r="A44">
-        <v>59387</v>
+        <v>59038</v>
       </c>
       <c r="B44" t="s">
         <v>23</v>
       </c>
       <c r="C44" t="s">
-        <v>69</v>
+        <v>79</v>
       </c>
       <c r="D44" t="s">
-        <v>68</v>
+        <v>80</v>
       </c>
       <c r="E44" t="s">
-        <v>70</v>
+        <v>81</v>
       </c>
       <c r="F44" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="G44" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="H44" t="s">
-        <v>73</v>
+        <v>29</v>
       </c>
       <c r="I44" t="s">
-        <v>30</v>
+        <v>57</v>
       </c>
       <c r="J44" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="K44" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="L44"/>
       <c r="M44" t="s">
         <v>32</v>
       </c>
       <c r="N44">
-        <v>130859</v>
+        <v>129630</v>
       </c>
       <c r="O44">
         <v>2026</v>
       </c>
       <c r="P44">
-        <v>1772</v>
+        <v>5376</v>
       </c>
       <c r="Q44" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="R44" t="s">
-        <v>74</v>
+        <v>34</v>
       </c>
       <c r="S44" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="T44" t="s">
-        <v>70</v>
+        <v>80</v>
       </c>
       <c r="U44"/>
       <c r="V44">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W44" t="s">
-        <v>44</v>
+        <v>84</v>
       </c>
     </row>
     <row r="45" spans="1:104">
       <c r="A45">
-        <v>59387</v>
+        <v>59038</v>
       </c>
       <c r="B45" t="s">
         <v>23</v>
       </c>
       <c r="C45" t="s">
-        <v>69</v>
+        <v>79</v>
       </c>
       <c r="D45" t="s">
-        <v>68</v>
+        <v>80</v>
       </c>
       <c r="E45" t="s">
-        <v>70</v>
+        <v>81</v>
       </c>
       <c r="F45" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="G45" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="H45" t="s">
-        <v>73</v>
+        <v>29</v>
       </c>
       <c r="I45" t="s">
-        <v>30</v>
+        <v>57</v>
       </c>
       <c r="J45" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="K45" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="L45"/>
       <c r="M45" t="s">
         <v>32</v>
       </c>
       <c r="N45">
-        <v>130860</v>
+        <v>129632</v>
       </c>
       <c r="O45">
         <v>2026</v>
       </c>
       <c r="P45">
-        <v>6709</v>
+        <v>399</v>
       </c>
       <c r="Q45" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="R45" t="s">
-        <v>74</v>
+        <v>34</v>
       </c>
       <c r="S45" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="T45" t="s">
-        <v>70</v>
+        <v>80</v>
       </c>
       <c r="U45"/>
       <c r="V45">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W45" t="s">
-        <v>44</v>
+        <v>84</v>
       </c>
     </row>
     <row r="46" spans="1:104">
       <c r="A46">
         <v>59038</v>
       </c>
       <c r="B46" t="s">
         <v>23</v>
       </c>
       <c r="C46" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="D46" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="E46" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="F46" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="G46" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="H46" t="s">
         <v>29</v>
       </c>
       <c r="I46" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="J46" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="K46" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="L46"/>
       <c r="M46" t="s">
         <v>32</v>
       </c>
       <c r="N46">
-        <v>129630</v>
+        <v>129634</v>
       </c>
       <c r="O46">
         <v>2026</v>
       </c>
       <c r="P46">
-        <v>5376</v>
+        <v>5377</v>
       </c>
       <c r="Q46" t="s">
         <v>38</v>
       </c>
       <c r="R46" t="s">
         <v>34</v>
       </c>
       <c r="S46" t="s">
         <v>35</v>
       </c>
       <c r="T46" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="U46"/>
       <c r="V46">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W46" t="s">
-        <v>44</v>
+        <v>84</v>
       </c>
     </row>
     <row r="47" spans="1:104">
       <c r="A47">
         <v>59038</v>
       </c>
       <c r="B47" t="s">
         <v>23</v>
       </c>
       <c r="C47" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="D47" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="E47" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="F47" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="G47" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="H47" t="s">
         <v>29</v>
       </c>
       <c r="I47" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="J47" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="K47" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="L47"/>
       <c r="M47" t="s">
         <v>32</v>
       </c>
       <c r="N47">
-        <v>129632</v>
+        <v>129635</v>
       </c>
       <c r="O47">
         <v>2026</v>
       </c>
       <c r="P47">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="Q47" t="s">
         <v>38</v>
       </c>
       <c r="R47" t="s">
         <v>34</v>
       </c>
       <c r="S47" t="s">
         <v>37</v>
       </c>
       <c r="T47" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="U47"/>
       <c r="V47">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W47" t="s">
-        <v>44</v>
+        <v>84</v>
       </c>
     </row>
     <row r="48" spans="1:104">
       <c r="A48">
-        <v>59038</v>
+        <v>62431</v>
       </c>
       <c r="B48" t="s">
         <v>23</v>
       </c>
       <c r="C48" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="D48" t="s">
-        <v>77</v>
+        <v>85</v>
       </c>
       <c r="E48" t="s">
-        <v>78</v>
+        <v>85</v>
       </c>
       <c r="F48" t="s">
-        <v>79</v>
+        <v>86</v>
       </c>
       <c r="G48" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="H48" t="s">
         <v>29</v>
       </c>
       <c r="I48" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="J48" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="K48" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="L48"/>
       <c r="M48" t="s">
         <v>32</v>
       </c>
       <c r="N48">
-        <v>129634</v>
+        <v>131211</v>
       </c>
       <c r="O48">
         <v>2026</v>
       </c>
       <c r="P48">
-        <v>5377</v>
+        <v>6986</v>
       </c>
       <c r="Q48" t="s">
         <v>38</v>
       </c>
       <c r="R48" t="s">
         <v>34</v>
       </c>
       <c r="S48" t="s">
         <v>35</v>
       </c>
       <c r="T48" t="s">
-        <v>78</v>
+        <v>85</v>
       </c>
       <c r="U48"/>
       <c r="V48">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W48" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="49" spans="1:104">
       <c r="A49">
-        <v>59038</v>
+        <v>62431</v>
       </c>
       <c r="B49" t="s">
         <v>23</v>
       </c>
       <c r="C49" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="D49" t="s">
-        <v>77</v>
+        <v>85</v>
       </c>
       <c r="E49" t="s">
-        <v>78</v>
+        <v>85</v>
       </c>
       <c r="F49" t="s">
-        <v>79</v>
+        <v>86</v>
       </c>
       <c r="G49" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="H49" t="s">
         <v>29</v>
       </c>
       <c r="I49" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="J49" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="K49" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="L49"/>
       <c r="M49" t="s">
         <v>32</v>
       </c>
       <c r="N49">
-        <v>129635</v>
+        <v>131212</v>
       </c>
       <c r="O49">
         <v>2026</v>
       </c>
       <c r="P49">
-        <v>400</v>
+        <v>2057</v>
       </c>
       <c r="Q49" t="s">
         <v>38</v>
       </c>
       <c r="R49" t="s">
         <v>34</v>
       </c>
       <c r="S49" t="s">
         <v>37</v>
       </c>
       <c r="T49" t="s">
-        <v>78</v>
+        <v>85</v>
       </c>
       <c r="U49"/>
       <c r="V49">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W49" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="50" spans="1:104">
       <c r="A50">
         <v>58509</v>
       </c>
       <c r="B50" t="s">
         <v>23</v>
       </c>
       <c r="C50" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="D50" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E50" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="F50" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="G50" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="H50" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="I50" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="J50" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="K50" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L50"/>
       <c r="M50" t="s">
         <v>32</v>
       </c>
       <c r="N50">
-        <v>128178</v>
+        <v>128180</v>
       </c>
       <c r="O50">
         <v>2026</v>
       </c>
       <c r="P50">
-        <v>401</v>
+        <v>5380</v>
       </c>
       <c r="Q50" t="s">
         <v>33</v>
       </c>
       <c r="R50" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="S50" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="T50" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="U50"/>
       <c r="V50">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W50" t="s">
-        <v>58</v>
+        <v>93</v>
       </c>
     </row>
     <row r="51" spans="1:104">
       <c r="A51">
         <v>59496</v>
       </c>
       <c r="B51" t="s">
         <v>23</v>
       </c>
       <c r="C51" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="D51" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E51" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="F51" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="G51" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="H51" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="I51" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="J51" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="K51" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="L51"/>
       <c r="M51" t="s">
         <v>32</v>
       </c>
       <c r="N51">
-        <v>131087</v>
+        <v>131089</v>
       </c>
       <c r="O51">
         <v>2026</v>
       </c>
       <c r="P51">
-        <v>5378</v>
+        <v>403</v>
       </c>
       <c r="Q51" t="s">
         <v>38</v>
       </c>
       <c r="R51" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="S51" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="T51" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="U51"/>
       <c r="V51">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W51" t="s">
-        <v>32</v>
+        <v>45</v>
       </c>
     </row>
     <row r="52" spans="1:104">
       <c r="A52">
         <v>58509</v>
       </c>
       <c r="B52" t="s">
         <v>23</v>
       </c>
       <c r="C52" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="D52" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E52" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="F52" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="G52" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="H52" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="I52" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="J52" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="K52" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L52"/>
       <c r="M52" t="s">
         <v>32</v>
       </c>
       <c r="N52">
-        <v>128179</v>
+        <v>128181</v>
       </c>
       <c r="O52">
         <v>2026</v>
       </c>
       <c r="P52">
-        <v>402</v>
+        <v>5381</v>
       </c>
       <c r="Q52" t="s">
         <v>33</v>
       </c>
       <c r="R52" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="S52" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="T52" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="U52"/>
       <c r="V52">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W52" t="s">
-        <v>58</v>
+        <v>93</v>
       </c>
     </row>
     <row r="53" spans="1:104">
       <c r="A53">
         <v>59496</v>
       </c>
       <c r="B53" t="s">
         <v>23</v>
       </c>
       <c r="C53" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="D53" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E53" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="F53" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="G53" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="H53" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="I53" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="J53" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="K53" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="L53"/>
       <c r="M53" t="s">
         <v>32</v>
       </c>
       <c r="N53">
-        <v>131088</v>
+        <v>131090</v>
       </c>
       <c r="O53">
         <v>2026</v>
       </c>
       <c r="P53">
-        <v>5379</v>
+        <v>404</v>
       </c>
       <c r="Q53" t="s">
         <v>38</v>
       </c>
       <c r="R53" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="S53" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="T53" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="U53"/>
       <c r="V53">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W53" t="s">
-        <v>32</v>
+        <v>45</v>
       </c>
     </row>
     <row r="54" spans="1:104">
       <c r="A54">
         <v>58509</v>
       </c>
       <c r="B54" t="s">
         <v>23</v>
       </c>
       <c r="C54" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="D54" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E54" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="F54" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="G54" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="H54" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="I54" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="J54" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="K54" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L54"/>
       <c r="M54" t="s">
         <v>32</v>
       </c>
       <c r="N54">
-        <v>128180</v>
+        <v>128178</v>
       </c>
       <c r="O54">
         <v>2026</v>
       </c>
       <c r="P54">
-        <v>5380</v>
+        <v>401</v>
       </c>
       <c r="Q54" t="s">
         <v>33</v>
       </c>
       <c r="R54" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="S54" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="T54" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="U54"/>
       <c r="V54">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W54" t="s">
-        <v>58</v>
+        <v>93</v>
       </c>
     </row>
     <row r="55" spans="1:104">
       <c r="A55">
         <v>59496</v>
       </c>
       <c r="B55" t="s">
         <v>23</v>
       </c>
       <c r="C55" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="D55" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E55" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="F55" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="G55" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="H55" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="I55" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="J55" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="K55" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="L55"/>
       <c r="M55" t="s">
         <v>32</v>
       </c>
       <c r="N55">
-        <v>131089</v>
+        <v>131087</v>
       </c>
       <c r="O55">
         <v>2026</v>
       </c>
       <c r="P55">
-        <v>403</v>
+        <v>5378</v>
       </c>
       <c r="Q55" t="s">
         <v>38</v>
       </c>
       <c r="R55" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="S55" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="T55" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="U55"/>
       <c r="V55">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W55" t="s">
-        <v>32</v>
+        <v>45</v>
       </c>
     </row>
     <row r="56" spans="1:104">
       <c r="A56">
         <v>58509</v>
       </c>
       <c r="B56" t="s">
         <v>23</v>
       </c>
       <c r="C56" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="D56" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E56" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="F56" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="G56" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="H56" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="I56" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="J56" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="K56" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L56"/>
       <c r="M56" t="s">
         <v>32</v>
       </c>
       <c r="N56">
-        <v>128181</v>
+        <v>128179</v>
       </c>
       <c r="O56">
         <v>2026</v>
       </c>
       <c r="P56">
-        <v>5381</v>
+        <v>402</v>
       </c>
       <c r="Q56" t="s">
         <v>33</v>
       </c>
       <c r="R56" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="S56" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="T56" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="U56"/>
       <c r="V56">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W56" t="s">
-        <v>58</v>
+        <v>93</v>
       </c>
     </row>
     <row r="57" spans="1:104">
       <c r="A57">
         <v>59496</v>
       </c>
       <c r="B57" t="s">
         <v>23</v>
       </c>
       <c r="C57" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="D57" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E57" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="F57" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="G57" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="H57" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="I57" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="J57" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="K57" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="L57"/>
       <c r="M57" t="s">
         <v>32</v>
       </c>
       <c r="N57">
-        <v>131090</v>
+        <v>131088</v>
       </c>
       <c r="O57">
         <v>2026</v>
       </c>
       <c r="P57">
-        <v>404</v>
+        <v>5379</v>
       </c>
       <c r="Q57" t="s">
         <v>38</v>
       </c>
       <c r="R57" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="S57" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="T57" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="U57"/>
       <c r="V57">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W57" t="s">
-        <v>32</v>
+        <v>45</v>
       </c>
     </row>
     <row r="58" spans="1:104">
       <c r="A58">
         <v>59334</v>
       </c>
       <c r="B58" t="s">
         <v>23</v>
       </c>
       <c r="C58" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D58" t="s">
-        <v>89</v>
+        <v>96</v>
       </c>
       <c r="E58" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
       <c r="F58" t="s">
-        <v>91</v>
+        <v>98</v>
       </c>
       <c r="G58" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H58" t="s">
-        <v>92</v>
+        <v>99</v>
       </c>
       <c r="I58" t="s">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="J58" t="s">
-        <v>93</v>
+        <v>100</v>
       </c>
       <c r="K58" t="s">
-        <v>93</v>
-[...1 lines deleted...]
-      <c r="L58"/>
+        <v>100</v>
+      </c>
+      <c r="L58" t="s">
+        <v>68</v>
+      </c>
       <c r="M58" t="s">
         <v>32</v>
       </c>
       <c r="N58">
         <v>130605</v>
       </c>
       <c r="O58">
         <v>2026</v>
       </c>
       <c r="P58">
         <v>405</v>
       </c>
       <c r="Q58" t="s">
         <v>33</v>
       </c>
       <c r="R58" t="s">
         <v>34</v>
       </c>
       <c r="S58" t="s">
         <v>37</v>
       </c>
       <c r="T58" t="s">
-        <v>89</v>
+        <v>96</v>
       </c>
       <c r="U58"/>
       <c r="V58">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W58" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="59" spans="1:104">
       <c r="A59">
         <v>59334</v>
       </c>
       <c r="B59" t="s">
         <v>23</v>
       </c>
       <c r="C59" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D59" t="s">
-        <v>89</v>
+        <v>96</v>
       </c>
       <c r="E59" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
       <c r="F59" t="s">
-        <v>91</v>
+        <v>98</v>
       </c>
       <c r="G59" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H59" t="s">
-        <v>92</v>
+        <v>99</v>
       </c>
       <c r="I59" t="s">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="J59" t="s">
-        <v>93</v>
+        <v>100</v>
       </c>
       <c r="K59" t="s">
-        <v>93</v>
-[...1 lines deleted...]
-      <c r="L59"/>
+        <v>100</v>
+      </c>
+      <c r="L59" t="s">
+        <v>68</v>
+      </c>
       <c r="M59" t="s">
         <v>32</v>
       </c>
       <c r="N59">
         <v>130606</v>
       </c>
       <c r="O59">
         <v>2026</v>
       </c>
       <c r="P59">
         <v>5382</v>
       </c>
       <c r="Q59" t="s">
         <v>33</v>
       </c>
       <c r="R59" t="s">
         <v>34</v>
       </c>
       <c r="S59" t="s">
         <v>35</v>
       </c>
       <c r="T59" t="s">
-        <v>89</v>
+        <v>96</v>
       </c>
       <c r="U59"/>
       <c r="V59">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W59" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="60" spans="1:104">
       <c r="A60">
         <v>59334</v>
       </c>
       <c r="B60" t="s">
         <v>23</v>
       </c>
       <c r="C60" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D60" t="s">
-        <v>89</v>
+        <v>96</v>
       </c>
       <c r="E60" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
       <c r="F60" t="s">
-        <v>91</v>
+        <v>98</v>
       </c>
       <c r="G60" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H60" t="s">
-        <v>92</v>
+        <v>99</v>
       </c>
       <c r="I60" t="s">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="J60" t="s">
-        <v>93</v>
+        <v>100</v>
       </c>
       <c r="K60" t="s">
-        <v>93</v>
-[...1 lines deleted...]
-      <c r="L60"/>
+        <v>100</v>
+      </c>
+      <c r="L60" t="s">
+        <v>68</v>
+      </c>
       <c r="M60" t="s">
         <v>32</v>
       </c>
       <c r="N60">
         <v>130607</v>
       </c>
       <c r="O60">
         <v>2026</v>
       </c>
       <c r="P60">
         <v>406</v>
       </c>
       <c r="Q60" t="s">
         <v>33</v>
       </c>
       <c r="R60" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
       <c r="S60" t="s">
         <v>37</v>
       </c>
       <c r="T60" t="s">
-        <v>89</v>
+        <v>96</v>
       </c>
       <c r="U60"/>
       <c r="V60">
         <v>0</v>
       </c>
       <c r="W60" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="61" spans="1:104">
       <c r="A61">
         <v>59334</v>
       </c>
       <c r="B61" t="s">
         <v>23</v>
       </c>
       <c r="C61" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D61" t="s">
-        <v>89</v>
+        <v>96</v>
       </c>
       <c r="E61" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
       <c r="F61" t="s">
-        <v>91</v>
+        <v>98</v>
       </c>
       <c r="G61" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H61" t="s">
-        <v>92</v>
+        <v>99</v>
       </c>
       <c r="I61" t="s">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="J61" t="s">
-        <v>93</v>
+        <v>100</v>
       </c>
       <c r="K61" t="s">
-        <v>93</v>
-[...1 lines deleted...]
-      <c r="L61"/>
+        <v>100</v>
+      </c>
+      <c r="L61" t="s">
+        <v>68</v>
+      </c>
       <c r="M61" t="s">
         <v>32</v>
       </c>
       <c r="N61">
         <v>130608</v>
       </c>
       <c r="O61">
         <v>2026</v>
       </c>
       <c r="P61">
         <v>5383</v>
       </c>
       <c r="Q61" t="s">
         <v>33</v>
       </c>
       <c r="R61" t="s">
         <v>34</v>
       </c>
       <c r="S61" t="s">
         <v>35</v>
       </c>
       <c r="T61" t="s">
-        <v>90</v>
+        <v>102</v>
       </c>
       <c r="U61"/>
       <c r="V61">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W61" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="62" spans="1:104">
       <c r="A62">
         <v>59334</v>
       </c>
       <c r="B62" t="s">
         <v>23</v>
       </c>
       <c r="C62" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D62" t="s">
-        <v>89</v>
+        <v>96</v>
       </c>
       <c r="E62" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
       <c r="F62" t="s">
-        <v>91</v>
+        <v>98</v>
       </c>
       <c r="G62" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H62" t="s">
-        <v>92</v>
+        <v>99</v>
       </c>
       <c r="I62" t="s">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="J62" t="s">
-        <v>93</v>
+        <v>100</v>
       </c>
       <c r="K62" t="s">
-        <v>93</v>
-[...1 lines deleted...]
-      <c r="L62"/>
+        <v>100</v>
+      </c>
+      <c r="L62" t="s">
+        <v>68</v>
+      </c>
       <c r="M62" t="s">
         <v>32</v>
       </c>
       <c r="N62">
         <v>130609</v>
       </c>
       <c r="O62">
         <v>2026</v>
       </c>
       <c r="P62">
         <v>407</v>
       </c>
       <c r="Q62" t="s">
         <v>33</v>
       </c>
       <c r="R62" t="s">
         <v>34</v>
       </c>
       <c r="S62" t="s">
         <v>37</v>
       </c>
       <c r="T62" t="s">
-        <v>90</v>
+        <v>102</v>
       </c>
       <c r="U62"/>
       <c r="V62">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W62" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="63" spans="1:104">
       <c r="A63">
         <v>59334</v>
       </c>
       <c r="B63" t="s">
         <v>23</v>
       </c>
       <c r="C63" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D63" t="s">
-        <v>89</v>
+        <v>96</v>
       </c>
       <c r="E63" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
       <c r="F63" t="s">
-        <v>91</v>
+        <v>98</v>
       </c>
       <c r="G63" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H63" t="s">
-        <v>92</v>
+        <v>99</v>
       </c>
       <c r="I63" t="s">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="J63" t="s">
-        <v>93</v>
+        <v>100</v>
       </c>
       <c r="K63" t="s">
-        <v>93</v>
-[...1 lines deleted...]
-      <c r="L63"/>
+        <v>100</v>
+      </c>
+      <c r="L63" t="s">
+        <v>68</v>
+      </c>
       <c r="M63" t="s">
         <v>32</v>
       </c>
       <c r="N63">
         <v>130610</v>
       </c>
       <c r="O63">
         <v>2026</v>
       </c>
       <c r="P63">
         <v>5384</v>
       </c>
       <c r="Q63" t="s">
         <v>33</v>
       </c>
       <c r="R63" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
       <c r="S63" t="s">
         <v>35</v>
       </c>
       <c r="T63" t="s">
-        <v>90</v>
+        <v>102</v>
       </c>
       <c r="U63"/>
       <c r="V63">
         <v>0</v>
       </c>
       <c r="W63" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="64" spans="1:104">
       <c r="A64">
-        <v>59042</v>
+        <v>59334</v>
       </c>
       <c r="B64" t="s">
         <v>23</v>
       </c>
-      <c r="C64"/>
+      <c r="C64" t="s">
+        <v>54</v>
+      </c>
       <c r="D64" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="E64" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="F64" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="G64" t="s">
-        <v>80</v>
+        <v>56</v>
       </c>
       <c r="H64" t="s">
-        <v>73</v>
+        <v>99</v>
       </c>
       <c r="I64" t="s">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="J64" t="s">
-        <v>51</v>
+        <v>100</v>
       </c>
       <c r="K64" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="L64"/>
+        <v>100</v>
+      </c>
+      <c r="L64" t="s">
+        <v>68</v>
+      </c>
       <c r="M64" t="s">
         <v>32</v>
       </c>
       <c r="N64">
-        <v>129640</v>
+        <v>129230</v>
       </c>
       <c r="O64">
         <v>2026</v>
       </c>
       <c r="P64">
-        <v>5385</v>
+        <v>5372</v>
       </c>
       <c r="Q64" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="R64" t="s">
-        <v>74</v>
+        <v>34</v>
       </c>
       <c r="S64" t="s">
         <v>35</v>
       </c>
       <c r="T64" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="U64"/>
       <c r="V64">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W64" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="65" spans="1:104">
       <c r="A65">
-        <v>59042</v>
+        <v>59334</v>
       </c>
       <c r="B65" t="s">
         <v>23</v>
       </c>
-      <c r="C65"/>
+      <c r="C65" t="s">
+        <v>54</v>
+      </c>
       <c r="D65" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="E65" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="F65" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="G65" t="s">
-        <v>80</v>
+        <v>56</v>
       </c>
       <c r="H65" t="s">
-        <v>73</v>
+        <v>99</v>
       </c>
       <c r="I65" t="s">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="J65" t="s">
-        <v>51</v>
+        <v>100</v>
       </c>
       <c r="K65" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="L65"/>
+        <v>100</v>
+      </c>
+      <c r="L65" t="s">
+        <v>68</v>
+      </c>
       <c r="M65" t="s">
         <v>32</v>
       </c>
       <c r="N65">
-        <v>129641</v>
+        <v>129231</v>
       </c>
       <c r="O65">
         <v>2026</v>
       </c>
       <c r="P65">
-        <v>408</v>
+        <v>396</v>
       </c>
       <c r="Q65" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="R65" t="s">
-        <v>74</v>
+        <v>34</v>
       </c>
       <c r="S65" t="s">
         <v>37</v>
       </c>
       <c r="T65" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="U65"/>
       <c r="V65">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W65" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="66" spans="1:104">
       <c r="A66">
         <v>59042</v>
       </c>
       <c r="B66" t="s">
         <v>23</v>
       </c>
       <c r="C66"/>
       <c r="D66" t="s">
-        <v>95</v>
+        <v>103</v>
       </c>
       <c r="E66" t="s">
-        <v>95</v>
+        <v>103</v>
       </c>
       <c r="F66" t="s">
-        <v>96</v>
+        <v>104</v>
       </c>
       <c r="G66" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="H66" t="s">
-        <v>73</v>
+        <v>105</v>
       </c>
       <c r="I66" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="J66" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="K66" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L66"/>
       <c r="M66" t="s">
         <v>32</v>
       </c>
       <c r="N66">
-        <v>129642</v>
+        <v>129640</v>
       </c>
       <c r="O66">
         <v>2026</v>
       </c>
       <c r="P66">
-        <v>5386</v>
+        <v>5385</v>
       </c>
       <c r="Q66" t="s">
         <v>33</v>
       </c>
       <c r="R66" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="S66" t="s">
         <v>35</v>
       </c>
       <c r="T66" t="s">
-        <v>95</v>
+        <v>103</v>
       </c>
       <c r="U66"/>
       <c r="V66">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W66" t="s">
-        <v>44</v>
+        <v>84</v>
       </c>
     </row>
     <row r="67" spans="1:104">
       <c r="A67">
         <v>59042</v>
       </c>
       <c r="B67" t="s">
         <v>23</v>
       </c>
       <c r="C67"/>
       <c r="D67" t="s">
-        <v>95</v>
+        <v>103</v>
       </c>
       <c r="E67" t="s">
-        <v>95</v>
+        <v>103</v>
       </c>
       <c r="F67" t="s">
-        <v>96</v>
+        <v>104</v>
       </c>
       <c r="G67" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="H67" t="s">
-        <v>73</v>
+        <v>105</v>
       </c>
       <c r="I67" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="J67" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="K67" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L67"/>
       <c r="M67" t="s">
         <v>32</v>
       </c>
       <c r="N67">
-        <v>129643</v>
+        <v>129641</v>
       </c>
       <c r="O67">
         <v>2026</v>
       </c>
       <c r="P67">
-        <v>409</v>
+        <v>408</v>
       </c>
       <c r="Q67" t="s">
         <v>33</v>
       </c>
       <c r="R67" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="S67" t="s">
         <v>37</v>
       </c>
       <c r="T67" t="s">
-        <v>95</v>
+        <v>103</v>
       </c>
       <c r="U67"/>
       <c r="V67">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W67" t="s">
-        <v>44</v>
+        <v>84</v>
       </c>
     </row>
     <row r="68" spans="1:104">
       <c r="A68">
-        <v>59044</v>
+        <v>59042</v>
       </c>
       <c r="B68" t="s">
         <v>23</v>
       </c>
-      <c r="C68" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C68"/>
       <c r="D68" t="s">
-        <v>97</v>
+        <v>103</v>
       </c>
       <c r="E68" t="s">
-        <v>97</v>
+        <v>103</v>
       </c>
       <c r="F68" t="s">
-        <v>98</v>
+        <v>104</v>
       </c>
       <c r="G68" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="H68" t="s">
-        <v>29</v>
+        <v>105</v>
       </c>
       <c r="I68" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="J68" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="K68" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="L68"/>
       <c r="M68" t="s">
         <v>32</v>
       </c>
       <c r="N68">
-        <v>129646</v>
+        <v>129642</v>
       </c>
       <c r="O68">
         <v>2026</v>
       </c>
       <c r="P68">
-        <v>5387</v>
+        <v>5386</v>
       </c>
       <c r="Q68" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="R68" t="s">
-        <v>34</v>
+        <v>77</v>
       </c>
       <c r="S68" t="s">
         <v>35</v>
       </c>
       <c r="T68" t="s">
-        <v>97</v>
+        <v>103</v>
       </c>
       <c r="U68"/>
       <c r="V68">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W68" t="s">
-        <v>44</v>
+        <v>84</v>
       </c>
     </row>
     <row r="69" spans="1:104">
       <c r="A69">
-        <v>59044</v>
+        <v>59042</v>
       </c>
       <c r="B69" t="s">
         <v>23</v>
       </c>
-      <c r="C69" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C69"/>
       <c r="D69" t="s">
-        <v>97</v>
+        <v>103</v>
       </c>
       <c r="E69" t="s">
-        <v>97</v>
+        <v>103</v>
       </c>
       <c r="F69" t="s">
-        <v>98</v>
+        <v>104</v>
       </c>
       <c r="G69" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="H69" t="s">
-        <v>29</v>
+        <v>105</v>
       </c>
       <c r="I69" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="J69" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="K69" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="L69"/>
       <c r="M69" t="s">
         <v>32</v>
       </c>
       <c r="N69">
-        <v>129647</v>
+        <v>129643</v>
       </c>
       <c r="O69">
         <v>2026</v>
       </c>
       <c r="P69">
-        <v>410</v>
+        <v>409</v>
       </c>
       <c r="Q69" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="R69" t="s">
-        <v>34</v>
+        <v>77</v>
       </c>
       <c r="S69" t="s">
         <v>37</v>
       </c>
       <c r="T69" t="s">
-        <v>97</v>
+        <v>103</v>
       </c>
       <c r="U69"/>
       <c r="V69">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W69" t="s">
-        <v>44</v>
+        <v>84</v>
       </c>
     </row>
     <row r="70" spans="1:104">
       <c r="A70">
         <v>59044</v>
       </c>
       <c r="B70" t="s">
         <v>23</v>
       </c>
       <c r="C70" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="D70" t="s">
-        <v>97</v>
+        <v>106</v>
       </c>
       <c r="E70" t="s">
-        <v>97</v>
+        <v>106</v>
       </c>
       <c r="F70" t="s">
-        <v>98</v>
+        <v>86</v>
       </c>
       <c r="G70" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="H70" t="s">
         <v>29</v>
       </c>
       <c r="I70" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="J70" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="K70" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="L70"/>
       <c r="M70" t="s">
         <v>32</v>
       </c>
       <c r="N70">
-        <v>129648</v>
+        <v>129646</v>
       </c>
       <c r="O70">
         <v>2026</v>
       </c>
       <c r="P70">
-        <v>5388</v>
+        <v>5387</v>
       </c>
       <c r="Q70" t="s">
         <v>38</v>
       </c>
       <c r="R70" t="s">
         <v>34</v>
       </c>
       <c r="S70" t="s">
         <v>35</v>
       </c>
       <c r="T70" t="s">
-        <v>97</v>
+        <v>106</v>
       </c>
       <c r="U70"/>
       <c r="V70">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W70" t="s">
-        <v>44</v>
+        <v>84</v>
       </c>
     </row>
     <row r="71" spans="1:104">
       <c r="A71">
         <v>59044</v>
       </c>
       <c r="B71" t="s">
         <v>23</v>
       </c>
       <c r="C71" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="D71" t="s">
-        <v>97</v>
+        <v>106</v>
       </c>
       <c r="E71" t="s">
-        <v>97</v>
+        <v>106</v>
       </c>
       <c r="F71" t="s">
-        <v>98</v>
+        <v>86</v>
       </c>
       <c r="G71" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="H71" t="s">
         <v>29</v>
       </c>
       <c r="I71" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="J71" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="K71" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="L71"/>
       <c r="M71" t="s">
         <v>32</v>
       </c>
       <c r="N71">
-        <v>129649</v>
+        <v>129647</v>
       </c>
       <c r="O71">
         <v>2026</v>
       </c>
       <c r="P71">
-        <v>411</v>
+        <v>410</v>
       </c>
       <c r="Q71" t="s">
         <v>38</v>
       </c>
       <c r="R71" t="s">
         <v>34</v>
       </c>
       <c r="S71" t="s">
         <v>37</v>
       </c>
       <c r="T71" t="s">
-        <v>97</v>
+        <v>106</v>
       </c>
       <c r="U71"/>
       <c r="V71">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W71" t="s">
-        <v>44</v>
+        <v>84</v>
       </c>
     </row>
     <row r="72" spans="1:104">
       <c r="A72">
-        <v>59343</v>
+        <v>59044</v>
       </c>
       <c r="B72" t="s">
         <v>23</v>
       </c>
       <c r="C72" t="s">
-        <v>59</v>
+        <v>79</v>
       </c>
       <c r="D72" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="E72" t="s">
-        <v>100</v>
+        <v>106</v>
       </c>
       <c r="F72" t="s">
-        <v>101</v>
+        <v>86</v>
       </c>
       <c r="G72" t="s">
-        <v>42</v>
+        <v>83</v>
       </c>
       <c r="H72" t="s">
         <v>29</v>
       </c>
       <c r="I72" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="J72" t="s">
-        <v>102</v>
+        <v>58</v>
       </c>
       <c r="K72" t="s">
-        <v>102</v>
+        <v>58</v>
       </c>
       <c r="L72"/>
       <c r="M72" t="s">
         <v>32</v>
       </c>
       <c r="N72">
-        <v>130653</v>
+        <v>129648</v>
       </c>
       <c r="O72">
         <v>2026</v>
       </c>
       <c r="P72">
-        <v>5389</v>
+        <v>5388</v>
       </c>
       <c r="Q72" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="R72" t="s">
         <v>34</v>
       </c>
       <c r="S72" t="s">
         <v>35</v>
       </c>
       <c r="T72" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="U72"/>
       <c r="V72">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W72" t="s">
-        <v>44</v>
+        <v>84</v>
       </c>
     </row>
     <row r="73" spans="1:104">
       <c r="A73">
-        <v>59344</v>
+        <v>59044</v>
       </c>
       <c r="B73" t="s">
         <v>23</v>
       </c>
       <c r="C73" t="s">
-        <v>59</v>
+        <v>79</v>
       </c>
       <c r="D73" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="E73" t="s">
-        <v>100</v>
+        <v>106</v>
       </c>
       <c r="F73" t="s">
-        <v>103</v>
+        <v>86</v>
       </c>
       <c r="G73" t="s">
-        <v>42</v>
+        <v>83</v>
       </c>
       <c r="H73" t="s">
         <v>29</v>
       </c>
       <c r="I73" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="J73" t="s">
-        <v>104</v>
+        <v>58</v>
       </c>
       <c r="K73" t="s">
-        <v>104</v>
+        <v>58</v>
       </c>
       <c r="L73"/>
       <c r="M73" t="s">
         <v>32</v>
       </c>
       <c r="N73">
-        <v>130657</v>
+        <v>129649</v>
       </c>
       <c r="O73">
         <v>2026</v>
       </c>
       <c r="P73">
-        <v>412</v>
+        <v>411</v>
       </c>
       <c r="Q73" t="s">
         <v>38</v>
       </c>
       <c r="R73" t="s">
         <v>34</v>
       </c>
       <c r="S73" t="s">
         <v>37</v>
       </c>
       <c r="T73" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="U73"/>
       <c r="V73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W73" t="s">
-        <v>44</v>
+        <v>84</v>
       </c>
     </row>
     <row r="74" spans="1:104">
       <c r="A74">
         <v>59343</v>
       </c>
       <c r="B74" t="s">
         <v>23</v>
       </c>
       <c r="C74" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D74" t="s">
-        <v>99</v>
+        <v>107</v>
       </c>
       <c r="E74" t="s">
-        <v>100</v>
+        <v>108</v>
       </c>
       <c r="F74" t="s">
-        <v>101</v>
+        <v>109</v>
       </c>
       <c r="G74" t="s">
         <v>42</v>
       </c>
       <c r="H74" t="s">
         <v>29</v>
       </c>
       <c r="I74" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="J74" t="s">
-        <v>102</v>
+        <v>52</v>
       </c>
       <c r="K74" t="s">
-        <v>102</v>
+        <v>52</v>
       </c>
       <c r="L74"/>
       <c r="M74" t="s">
         <v>32</v>
       </c>
       <c r="N74">
-        <v>130654</v>
+        <v>130653</v>
       </c>
       <c r="O74">
         <v>2026</v>
       </c>
       <c r="P74">
-        <v>5390</v>
+        <v>5389</v>
       </c>
       <c r="Q74" t="s">
         <v>33</v>
       </c>
       <c r="R74" t="s">
         <v>34</v>
       </c>
       <c r="S74" t="s">
         <v>35</v>
       </c>
       <c r="T74" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="U74"/>
       <c r="V74">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W74" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="75" spans="1:104">
       <c r="A75">
         <v>59344</v>
       </c>
       <c r="B75" t="s">
         <v>23</v>
       </c>
       <c r="C75" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D75" t="s">
-        <v>99</v>
+        <v>107</v>
       </c>
       <c r="E75" t="s">
-        <v>100</v>
+        <v>108</v>
       </c>
       <c r="F75" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="G75" t="s">
         <v>42</v>
       </c>
       <c r="H75" t="s">
         <v>29</v>
       </c>
       <c r="I75" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="J75" t="s">
-        <v>104</v>
+        <v>58</v>
       </c>
       <c r="K75" t="s">
-        <v>104</v>
+        <v>58</v>
       </c>
       <c r="L75"/>
       <c r="M75" t="s">
         <v>32</v>
       </c>
       <c r="N75">
-        <v>130658</v>
+        <v>130657</v>
       </c>
       <c r="O75">
         <v>2026</v>
       </c>
       <c r="P75">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="Q75" t="s">
         <v>38</v>
       </c>
       <c r="R75" t="s">
         <v>34</v>
       </c>
       <c r="S75" t="s">
         <v>37</v>
       </c>
       <c r="T75" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="U75"/>
       <c r="V75">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W75" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="76" spans="1:104">
       <c r="A76">
         <v>59343</v>
       </c>
       <c r="B76" t="s">
         <v>23</v>
       </c>
       <c r="C76" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D76" t="s">
-        <v>99</v>
+        <v>107</v>
       </c>
       <c r="E76" t="s">
-        <v>100</v>
+        <v>108</v>
       </c>
       <c r="F76" t="s">
-        <v>101</v>
+        <v>109</v>
       </c>
       <c r="G76" t="s">
         <v>42</v>
       </c>
       <c r="H76" t="s">
         <v>29</v>
       </c>
       <c r="I76" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="J76" t="s">
-        <v>102</v>
+        <v>52</v>
       </c>
       <c r="K76" t="s">
-        <v>102</v>
+        <v>52</v>
       </c>
       <c r="L76"/>
       <c r="M76" t="s">
         <v>32</v>
       </c>
       <c r="N76">
-        <v>130655</v>
+        <v>130654</v>
       </c>
       <c r="O76">
         <v>2026</v>
       </c>
       <c r="P76">
-        <v>414</v>
+        <v>5390</v>
       </c>
       <c r="Q76" t="s">
         <v>33</v>
       </c>
       <c r="R76" t="s">
         <v>34</v>
       </c>
       <c r="S76" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="T76" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="U76"/>
       <c r="V76">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W76" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="77" spans="1:104">
       <c r="A77">
         <v>59344</v>
       </c>
       <c r="B77" t="s">
         <v>23</v>
       </c>
       <c r="C77" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D77" t="s">
-        <v>99</v>
+        <v>107</v>
       </c>
       <c r="E77" t="s">
-        <v>100</v>
+        <v>108</v>
       </c>
       <c r="F77" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="G77" t="s">
         <v>42</v>
       </c>
       <c r="H77" t="s">
         <v>29</v>
       </c>
       <c r="I77" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="J77" t="s">
-        <v>104</v>
+        <v>58</v>
       </c>
       <c r="K77" t="s">
-        <v>104</v>
+        <v>58</v>
       </c>
       <c r="L77"/>
       <c r="M77" t="s">
         <v>32</v>
       </c>
       <c r="N77">
-        <v>130659</v>
+        <v>130658</v>
       </c>
       <c r="O77">
         <v>2026</v>
       </c>
       <c r="P77">
-        <v>5391</v>
+        <v>413</v>
       </c>
       <c r="Q77" t="s">
         <v>38</v>
       </c>
       <c r="R77" t="s">
         <v>34</v>
       </c>
       <c r="S77" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="T77" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="U77"/>
       <c r="V77">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W77" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="78" spans="1:104">
       <c r="A78">
         <v>59343</v>
       </c>
       <c r="B78" t="s">
         <v>23</v>
       </c>
       <c r="C78" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D78" t="s">
-        <v>99</v>
+        <v>107</v>
       </c>
       <c r="E78" t="s">
-        <v>100</v>
+        <v>108</v>
       </c>
       <c r="F78" t="s">
-        <v>101</v>
+        <v>109</v>
       </c>
       <c r="G78" t="s">
         <v>42</v>
       </c>
       <c r="H78" t="s">
         <v>29</v>
       </c>
       <c r="I78" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="J78" t="s">
-        <v>102</v>
+        <v>52</v>
       </c>
       <c r="K78" t="s">
-        <v>102</v>
+        <v>52</v>
       </c>
       <c r="L78"/>
       <c r="M78" t="s">
         <v>32</v>
       </c>
       <c r="N78">
-        <v>130656</v>
+        <v>130655</v>
       </c>
       <c r="O78">
         <v>2026</v>
       </c>
       <c r="P78">
-        <v>415</v>
+        <v>414</v>
       </c>
       <c r="Q78" t="s">
         <v>33</v>
       </c>
       <c r="R78" t="s">
         <v>34</v>
       </c>
       <c r="S78" t="s">
         <v>37</v>
       </c>
       <c r="T78" t="s">
-        <v>100</v>
+        <v>112</v>
       </c>
       <c r="U78"/>
       <c r="V78">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W78" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="79" spans="1:104">
       <c r="A79">
         <v>59344</v>
       </c>
       <c r="B79" t="s">
         <v>23</v>
       </c>
       <c r="C79" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D79" t="s">
-        <v>99</v>
+        <v>107</v>
       </c>
       <c r="E79" t="s">
-        <v>100</v>
+        <v>108</v>
       </c>
       <c r="F79" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="G79" t="s">
         <v>42</v>
       </c>
       <c r="H79" t="s">
         <v>29</v>
       </c>
       <c r="I79" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="J79" t="s">
-        <v>104</v>
+        <v>58</v>
       </c>
       <c r="K79" t="s">
-        <v>104</v>
+        <v>58</v>
       </c>
       <c r="L79"/>
       <c r="M79" t="s">
         <v>32</v>
       </c>
       <c r="N79">
-        <v>130660</v>
+        <v>130659</v>
       </c>
       <c r="O79">
         <v>2026</v>
       </c>
       <c r="P79">
-        <v>5392</v>
+        <v>5391</v>
       </c>
       <c r="Q79" t="s">
         <v>38</v>
       </c>
       <c r="R79" t="s">
         <v>34</v>
       </c>
       <c r="S79" t="s">
         <v>35</v>
       </c>
       <c r="T79" t="s">
-        <v>100</v>
+        <v>112</v>
       </c>
       <c r="U79"/>
       <c r="V79">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W79" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="80" spans="1:104">
       <c r="A80">
-        <v>58601</v>
+        <v>59343</v>
       </c>
       <c r="B80" t="s">
         <v>23</v>
       </c>
       <c r="C80" t="s">
+        <v>60</v>
+      </c>
+      <c r="D80" t="s">
         <v>107</v>
       </c>
-      <c r="D80" t="s">
+      <c r="E80" t="s">
         <v>108</v>
       </c>
-      <c r="E80" t="s">
+      <c r="F80" t="s">
         <v>109</v>
       </c>
-      <c r="F80" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G80" t="s">
-        <v>111</v>
+        <v>42</v>
       </c>
       <c r="H80" t="s">
-        <v>112</v>
+        <v>29</v>
       </c>
       <c r="I80" t="s">
-        <v>113</v>
+        <v>51</v>
       </c>
       <c r="J80" t="s">
-        <v>114</v>
+        <v>52</v>
       </c>
       <c r="K80" t="s">
-        <v>114</v>
+        <v>52</v>
       </c>
       <c r="L80"/>
       <c r="M80" t="s">
         <v>32</v>
       </c>
       <c r="N80">
-        <v>128476</v>
+        <v>130656</v>
       </c>
       <c r="O80">
         <v>2026</v>
       </c>
       <c r="P80">
-        <v>5394</v>
+        <v>415</v>
       </c>
       <c r="Q80" t="s">
-        <v>115</v>
+        <v>33</v>
       </c>
       <c r="R80" t="s">
-        <v>116</v>
+        <v>34</v>
       </c>
       <c r="S80" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="T80" t="s">
         <v>108</v>
       </c>
       <c r="U80"/>
       <c r="V80">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W80" t="s">
-        <v>58</v>
+        <v>45</v>
       </c>
     </row>
     <row r="81" spans="1:104">
       <c r="A81">
-        <v>58601</v>
+        <v>59344</v>
       </c>
       <c r="B81" t="s">
         <v>23</v>
       </c>
       <c r="C81" t="s">
+        <v>60</v>
+      </c>
+      <c r="D81" t="s">
         <v>107</v>
       </c>
-      <c r="D81" t="s">
+      <c r="E81" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="F81" t="s">
         <v>110</v>
       </c>
       <c r="G81" t="s">
-        <v>111</v>
+        <v>42</v>
       </c>
       <c r="H81" t="s">
-        <v>112</v>
+        <v>29</v>
       </c>
       <c r="I81" t="s">
-        <v>113</v>
+        <v>57</v>
       </c>
       <c r="J81" t="s">
-        <v>114</v>
+        <v>58</v>
       </c>
       <c r="K81" t="s">
-        <v>114</v>
+        <v>58</v>
       </c>
       <c r="L81"/>
       <c r="M81" t="s">
         <v>32</v>
       </c>
       <c r="N81">
-        <v>128477</v>
+        <v>130660</v>
       </c>
       <c r="O81">
         <v>2026</v>
       </c>
       <c r="P81">
-        <v>417</v>
+        <v>5392</v>
       </c>
       <c r="Q81" t="s">
-        <v>115</v>
+        <v>38</v>
       </c>
       <c r="R81" t="s">
-        <v>116</v>
+        <v>34</v>
       </c>
       <c r="S81" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="T81" t="s">
         <v>108</v>
       </c>
       <c r="U81"/>
       <c r="V81">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W81" t="s">
-        <v>58</v>
+        <v>45</v>
       </c>
     </row>
     <row r="82" spans="1:104">
       <c r="A82">
         <v>58601</v>
       </c>
       <c r="B82" t="s">
         <v>23</v>
       </c>
       <c r="C82" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="D82" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="E82" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="F82" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="G82" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="H82" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="I82" t="s">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="J82" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="K82" t="s">
-        <v>114</v>
-[...1 lines deleted...]
-      <c r="L82"/>
+        <v>120</v>
+      </c>
+      <c r="L82" t="s">
+        <v>68</v>
+      </c>
       <c r="M82" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N82">
-        <v>128478</v>
+        <v>128476</v>
       </c>
       <c r="O82">
         <v>2026</v>
       </c>
       <c r="P82">
-        <v>5393</v>
+        <v>5394</v>
       </c>
       <c r="Q82" t="s">
-        <v>38</v>
+        <v>122</v>
       </c>
       <c r="R82" t="s">
-        <v>34</v>
+        <v>123</v>
       </c>
       <c r="S82" t="s">
         <v>35</v>
       </c>
       <c r="T82" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="U82"/>
       <c r="V82">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W82" t="s">
-        <v>58</v>
+        <v>93</v>
       </c>
     </row>
     <row r="83" spans="1:104">
       <c r="A83">
         <v>58601</v>
       </c>
       <c r="B83" t="s">
         <v>23</v>
       </c>
       <c r="C83" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="D83" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="E83" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="F83" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="G83" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="H83" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="I83" t="s">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="J83" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="K83" t="s">
-        <v>114</v>
-[...1 lines deleted...]
-      <c r="L83"/>
+        <v>120</v>
+      </c>
+      <c r="L83" t="s">
+        <v>68</v>
+      </c>
       <c r="M83" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N83">
-        <v>128479</v>
+        <v>128477</v>
       </c>
       <c r="O83">
         <v>2026</v>
       </c>
       <c r="P83">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="Q83" t="s">
-        <v>38</v>
+        <v>122</v>
       </c>
       <c r="R83" t="s">
-        <v>34</v>
+        <v>123</v>
       </c>
       <c r="S83" t="s">
         <v>37</v>
       </c>
       <c r="T83" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="U83"/>
       <c r="V83">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W83" t="s">
-        <v>58</v>
+        <v>93</v>
       </c>
     </row>
     <row r="84" spans="1:104">
       <c r="A84">
         <v>58601</v>
       </c>
       <c r="B84" t="s">
         <v>23</v>
       </c>
       <c r="C84" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="D84" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="E84" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="F84" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="G84" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="H84" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="I84" t="s">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="J84" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="K84" t="s">
-        <v>114</v>
-[...1 lines deleted...]
-      <c r="L84"/>
+        <v>120</v>
+      </c>
+      <c r="L84" t="s">
+        <v>68</v>
+      </c>
       <c r="M84" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N84">
-        <v>128480</v>
+        <v>128478</v>
       </c>
       <c r="O84">
         <v>2026</v>
       </c>
       <c r="P84">
-        <v>5395</v>
+        <v>5393</v>
       </c>
       <c r="Q84" t="s">
-        <v>115</v>
+        <v>38</v>
       </c>
       <c r="R84" t="s">
-        <v>116</v>
+        <v>34</v>
       </c>
       <c r="S84" t="s">
         <v>35</v>
       </c>
       <c r="T84" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="U84"/>
       <c r="V84">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W84" t="s">
-        <v>58</v>
+        <v>93</v>
       </c>
     </row>
     <row r="85" spans="1:104">
       <c r="A85">
         <v>58601</v>
       </c>
       <c r="B85" t="s">
         <v>23</v>
       </c>
       <c r="C85" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="D85" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="E85" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="F85" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="G85" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="H85" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="I85" t="s">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="J85" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="K85" t="s">
-        <v>114</v>
-[...1 lines deleted...]
-      <c r="L85"/>
+        <v>120</v>
+      </c>
+      <c r="L85" t="s">
+        <v>68</v>
+      </c>
       <c r="M85" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N85">
-        <v>128481</v>
+        <v>128479</v>
       </c>
       <c r="O85">
         <v>2026</v>
       </c>
       <c r="P85">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="Q85" t="s">
-        <v>115</v>
+        <v>38</v>
       </c>
       <c r="R85" t="s">
-        <v>116</v>
+        <v>34</v>
       </c>
       <c r="S85" t="s">
         <v>37</v>
       </c>
       <c r="T85" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="U85"/>
       <c r="V85">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W85" t="s">
-        <v>58</v>
+        <v>93</v>
       </c>
     </row>
     <row r="86" spans="1:104">
       <c r="A86">
         <v>58601</v>
       </c>
       <c r="B86" t="s">
         <v>23</v>
       </c>
       <c r="C86" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="D86" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="E86" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="F86" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="G86" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="H86" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="I86" t="s">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="J86" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="K86" t="s">
-        <v>114</v>
-[...1 lines deleted...]
-      <c r="L86"/>
+        <v>120</v>
+      </c>
+      <c r="L86" t="s">
+        <v>68</v>
+      </c>
       <c r="M86" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N86">
-        <v>128482</v>
+        <v>128480</v>
       </c>
       <c r="O86">
         <v>2026</v>
       </c>
       <c r="P86">
-        <v>5396</v>
+        <v>5395</v>
       </c>
       <c r="Q86" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="R86" t="s">
-        <v>116</v>
+        <v>123</v>
       </c>
       <c r="S86" t="s">
         <v>35</v>
       </c>
       <c r="T86" t="s">
-        <v>118</v>
+        <v>124</v>
       </c>
       <c r="U86"/>
       <c r="V86">
         <v>0</v>
       </c>
       <c r="W86" t="s">
-        <v>58</v>
+        <v>93</v>
       </c>
     </row>
     <row r="87" spans="1:104">
       <c r="A87">
         <v>58601</v>
       </c>
       <c r="B87" t="s">
         <v>23</v>
       </c>
       <c r="C87" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="D87" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="E87" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="F87" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="G87" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="H87" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="I87" t="s">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="J87" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="K87" t="s">
-        <v>114</v>
-[...1 lines deleted...]
-      <c r="L87"/>
+        <v>120</v>
+      </c>
+      <c r="L87" t="s">
+        <v>68</v>
+      </c>
       <c r="M87" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N87">
-        <v>128483</v>
+        <v>128481</v>
       </c>
       <c r="O87">
         <v>2026</v>
       </c>
       <c r="P87">
-        <v>419</v>
+        <v>418</v>
       </c>
       <c r="Q87" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="R87" t="s">
-        <v>116</v>
+        <v>123</v>
       </c>
       <c r="S87" t="s">
         <v>37</v>
       </c>
       <c r="T87" t="s">
-        <v>118</v>
+        <v>124</v>
       </c>
       <c r="U87"/>
       <c r="V87">
         <v>0</v>
       </c>
       <c r="W87" t="s">
-        <v>58</v>
+        <v>93</v>
       </c>
     </row>
     <row r="88" spans="1:104">
       <c r="A88">
         <v>58601</v>
       </c>
       <c r="B88" t="s">
         <v>23</v>
       </c>
       <c r="C88" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="D88" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="E88" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="F88" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="G88" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="H88" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="I88" t="s">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="J88" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="K88" t="s">
-        <v>114</v>
-[...1 lines deleted...]
-      <c r="L88"/>
+        <v>120</v>
+      </c>
+      <c r="L88" t="s">
+        <v>68</v>
+      </c>
       <c r="M88" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N88">
-        <v>128484</v>
+        <v>128482</v>
       </c>
       <c r="O88">
         <v>2026</v>
       </c>
       <c r="P88">
-        <v>5397</v>
+        <v>5396</v>
       </c>
       <c r="Q88" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="R88" t="s">
-        <v>34</v>
+        <v>123</v>
       </c>
       <c r="S88" t="s">
         <v>35</v>
       </c>
       <c r="T88" t="s">
-        <v>119</v>
+        <v>125</v>
       </c>
       <c r="U88"/>
       <c r="V88">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W88" t="s">
-        <v>58</v>
+        <v>93</v>
       </c>
     </row>
     <row r="89" spans="1:104">
       <c r="A89">
         <v>58601</v>
       </c>
       <c r="B89" t="s">
         <v>23</v>
       </c>
       <c r="C89" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="D89" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="E89" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="F89" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="G89" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="H89" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="I89" t="s">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="J89" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="K89" t="s">
-        <v>114</v>
-[...1 lines deleted...]
-      <c r="L89"/>
+        <v>120</v>
+      </c>
+      <c r="L89" t="s">
+        <v>68</v>
+      </c>
       <c r="M89" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N89">
-        <v>128485</v>
+        <v>128483</v>
       </c>
       <c r="O89">
         <v>2026</v>
       </c>
       <c r="P89">
-        <v>420</v>
+        <v>419</v>
       </c>
       <c r="Q89" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="R89" t="s">
-        <v>34</v>
+        <v>123</v>
       </c>
       <c r="S89" t="s">
         <v>37</v>
       </c>
       <c r="T89" t="s">
-        <v>119</v>
+        <v>125</v>
       </c>
       <c r="U89"/>
       <c r="V89">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W89" t="s">
-        <v>58</v>
+        <v>93</v>
       </c>
     </row>
     <row r="90" spans="1:104">
       <c r="A90">
         <v>58601</v>
       </c>
       <c r="B90" t="s">
         <v>23</v>
       </c>
       <c r="C90" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="D90" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="E90" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="F90" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="G90" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="H90" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="I90" t="s">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="J90" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="K90" t="s">
-        <v>114</v>
-[...1 lines deleted...]
-      <c r="L90"/>
+        <v>120</v>
+      </c>
+      <c r="L90" t="s">
+        <v>68</v>
+      </c>
       <c r="M90" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N90">
-        <v>128486</v>
+        <v>128484</v>
       </c>
       <c r="O90">
         <v>2026</v>
       </c>
       <c r="P90">
-        <v>5398</v>
+        <v>5397</v>
       </c>
       <c r="Q90" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="R90" t="s">
         <v>34</v>
       </c>
       <c r="S90" t="s">
         <v>35</v>
       </c>
       <c r="T90" t="s">
-        <v>120</v>
+        <v>126</v>
       </c>
       <c r="U90"/>
       <c r="V90">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W90" t="s">
-        <v>58</v>
+        <v>93</v>
       </c>
     </row>
     <row r="91" spans="1:104">
       <c r="A91">
         <v>58601</v>
       </c>
       <c r="B91" t="s">
         <v>23</v>
       </c>
       <c r="C91" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="D91" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="E91" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="F91" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="G91" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="H91" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="I91" t="s">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="J91" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="K91" t="s">
-        <v>114</v>
-[...1 lines deleted...]
-      <c r="L91"/>
+        <v>120</v>
+      </c>
+      <c r="L91" t="s">
+        <v>68</v>
+      </c>
       <c r="M91" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N91">
-        <v>128487</v>
+        <v>128485</v>
       </c>
       <c r="O91">
         <v>2026</v>
       </c>
       <c r="P91">
-        <v>421</v>
+        <v>420</v>
       </c>
       <c r="Q91" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="R91" t="s">
         <v>34</v>
       </c>
       <c r="S91" t="s">
         <v>37</v>
       </c>
       <c r="T91" t="s">
-        <v>120</v>
+        <v>126</v>
       </c>
       <c r="U91"/>
       <c r="V91">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W91" t="s">
-        <v>58</v>
+        <v>93</v>
       </c>
     </row>
     <row r="92" spans="1:104">
       <c r="A92">
         <v>58601</v>
       </c>
       <c r="B92" t="s">
         <v>23</v>
       </c>
       <c r="C92" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="D92" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="E92" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="F92" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="G92" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="H92" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="I92" t="s">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="J92" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="K92" t="s">
-        <v>114</v>
-[...1 lines deleted...]
-      <c r="L92"/>
+        <v>120</v>
+      </c>
+      <c r="L92" t="s">
+        <v>68</v>
+      </c>
       <c r="M92" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N92">
-        <v>128488</v>
+        <v>128486</v>
       </c>
       <c r="O92">
         <v>2026</v>
       </c>
       <c r="P92">
-        <v>5399</v>
+        <v>5398</v>
       </c>
       <c r="Q92" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="R92" t="s">
         <v>34</v>
       </c>
       <c r="S92" t="s">
         <v>35</v>
       </c>
       <c r="T92" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="U92"/>
       <c r="V92">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W92" t="s">
-        <v>58</v>
+        <v>93</v>
       </c>
     </row>
     <row r="93" spans="1:104">
       <c r="A93">
         <v>58601</v>
       </c>
       <c r="B93" t="s">
         <v>23</v>
       </c>
       <c r="C93" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="D93" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="E93" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="F93" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="G93" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="H93" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="I93" t="s">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="J93" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="K93" t="s">
-        <v>114</v>
-[...1 lines deleted...]
-      <c r="L93"/>
+        <v>120</v>
+      </c>
+      <c r="L93" t="s">
+        <v>68</v>
+      </c>
       <c r="M93" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N93">
-        <v>128489</v>
+        <v>128487</v>
       </c>
       <c r="O93">
         <v>2026</v>
       </c>
       <c r="P93">
-        <v>422</v>
+        <v>421</v>
       </c>
       <c r="Q93" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="R93" t="s">
         <v>34</v>
       </c>
       <c r="S93" t="s">
         <v>37</v>
       </c>
       <c r="T93" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="U93"/>
       <c r="V93">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W93" t="s">
-        <v>58</v>
+        <v>93</v>
       </c>
     </row>
     <row r="94" spans="1:104">
       <c r="A94">
         <v>58601</v>
       </c>
       <c r="B94" t="s">
         <v>23</v>
       </c>
       <c r="C94" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="D94" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="E94" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="F94" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="G94" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="H94" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="I94" t="s">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="J94" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="K94" t="s">
-        <v>114</v>
-[...1 lines deleted...]
-      <c r="L94"/>
+        <v>120</v>
+      </c>
+      <c r="L94" t="s">
+        <v>68</v>
+      </c>
       <c r="M94" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N94">
-        <v>128490</v>
+        <v>128488</v>
       </c>
       <c r="O94">
         <v>2026</v>
       </c>
       <c r="P94">
-        <v>5400</v>
+        <v>5399</v>
       </c>
       <c r="Q94" t="s">
-        <v>121</v>
+        <v>128</v>
       </c>
       <c r="R94" t="s">
         <v>34</v>
       </c>
       <c r="S94" t="s">
         <v>35</v>
       </c>
       <c r="T94" t="s">
-        <v>109</v>
+        <v>129</v>
       </c>
       <c r="U94"/>
       <c r="V94">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W94" t="s">
-        <v>58</v>
+        <v>93</v>
       </c>
     </row>
     <row r="95" spans="1:104">
       <c r="A95">
         <v>58601</v>
       </c>
       <c r="B95" t="s">
         <v>23</v>
       </c>
       <c r="C95" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="D95" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="E95" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="F95" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="G95" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="H95" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="I95" t="s">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="J95" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="K95" t="s">
-        <v>114</v>
-[...1 lines deleted...]
-      <c r="L95"/>
+        <v>120</v>
+      </c>
+      <c r="L95" t="s">
+        <v>68</v>
+      </c>
       <c r="M95" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N95">
-        <v>128491</v>
+        <v>128489</v>
       </c>
       <c r="O95">
         <v>2026</v>
       </c>
       <c r="P95">
-        <v>423</v>
+        <v>422</v>
       </c>
       <c r="Q95" t="s">
-        <v>121</v>
+        <v>128</v>
       </c>
       <c r="R95" t="s">
         <v>34</v>
       </c>
       <c r="S95" t="s">
         <v>37</v>
       </c>
       <c r="T95" t="s">
-        <v>109</v>
+        <v>129</v>
       </c>
       <c r="U95"/>
       <c r="V95">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W95" t="s">
-        <v>58</v>
+        <v>93</v>
       </c>
     </row>
     <row r="96" spans="1:104">
       <c r="A96">
-        <v>59046</v>
+        <v>58601</v>
       </c>
       <c r="B96" t="s">
         <v>23</v>
       </c>
       <c r="C96" t="s">
-        <v>76</v>
+        <v>113</v>
       </c>
       <c r="D96" t="s">
-        <v>123</v>
+        <v>114</v>
       </c>
       <c r="E96" t="s">
-        <v>124</v>
+        <v>115</v>
       </c>
       <c r="F96" t="s">
-        <v>125</v>
+        <v>116</v>
       </c>
       <c r="G96" t="s">
-        <v>80</v>
+        <v>117</v>
       </c>
       <c r="H96" t="s">
-        <v>29</v>
+        <v>118</v>
       </c>
       <c r="I96" t="s">
-        <v>56</v>
+        <v>119</v>
       </c>
       <c r="J96" t="s">
-        <v>57</v>
+        <v>120</v>
       </c>
       <c r="K96" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="L96"/>
+        <v>120</v>
+      </c>
+      <c r="L96" t="s">
+        <v>68</v>
+      </c>
       <c r="M96" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N96">
-        <v>129764</v>
+        <v>128490</v>
       </c>
       <c r="O96">
         <v>2026</v>
       </c>
       <c r="P96">
-        <v>5401</v>
+        <v>5400</v>
       </c>
       <c r="Q96" t="s">
-        <v>38</v>
+        <v>128</v>
       </c>
       <c r="R96" t="s">
         <v>34</v>
       </c>
       <c r="S96" t="s">
         <v>35</v>
       </c>
       <c r="T96" t="s">
-        <v>123</v>
+        <v>115</v>
       </c>
       <c r="U96"/>
       <c r="V96">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W96" t="s">
-        <v>44</v>
+        <v>93</v>
       </c>
     </row>
     <row r="97" spans="1:104">
       <c r="A97">
-        <v>59046</v>
+        <v>58601</v>
       </c>
       <c r="B97" t="s">
         <v>23</v>
       </c>
       <c r="C97" t="s">
-        <v>76</v>
+        <v>113</v>
       </c>
       <c r="D97" t="s">
-        <v>123</v>
+        <v>114</v>
       </c>
       <c r="E97" t="s">
-        <v>124</v>
+        <v>115</v>
       </c>
       <c r="F97" t="s">
-        <v>125</v>
+        <v>116</v>
       </c>
       <c r="G97" t="s">
-        <v>80</v>
+        <v>117</v>
       </c>
       <c r="H97" t="s">
-        <v>29</v>
+        <v>118</v>
       </c>
       <c r="I97" t="s">
-        <v>56</v>
+        <v>119</v>
       </c>
       <c r="J97" t="s">
-        <v>57</v>
+        <v>120</v>
       </c>
       <c r="K97" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="L97"/>
+        <v>120</v>
+      </c>
+      <c r="L97" t="s">
+        <v>68</v>
+      </c>
       <c r="M97" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N97">
-        <v>129765</v>
+        <v>128491</v>
       </c>
       <c r="O97">
         <v>2026</v>
       </c>
       <c r="P97">
-        <v>424</v>
+        <v>423</v>
       </c>
       <c r="Q97" t="s">
-        <v>38</v>
+        <v>128</v>
       </c>
       <c r="R97" t="s">
         <v>34</v>
       </c>
       <c r="S97" t="s">
         <v>37</v>
       </c>
       <c r="T97" t="s">
-        <v>123</v>
+        <v>115</v>
       </c>
       <c r="U97"/>
       <c r="V97">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W97" t="s">
-        <v>44</v>
+        <v>93</v>
       </c>
     </row>
     <row r="98" spans="1:104">
       <c r="A98">
         <v>59046</v>
       </c>
       <c r="B98" t="s">
         <v>23</v>
       </c>
       <c r="C98" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="D98" t="s">
-        <v>123</v>
+        <v>130</v>
       </c>
       <c r="E98" t="s">
-        <v>124</v>
+        <v>131</v>
       </c>
       <c r="F98" t="s">
-        <v>125</v>
+        <v>132</v>
       </c>
       <c r="G98" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="H98" t="s">
         <v>29</v>
       </c>
       <c r="I98" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="J98" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="K98" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="L98"/>
       <c r="M98" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N98">
-        <v>129766</v>
+        <v>129764</v>
       </c>
       <c r="O98">
         <v>2026</v>
       </c>
       <c r="P98">
-        <v>5402</v>
+        <v>5401</v>
       </c>
       <c r="Q98" t="s">
         <v>38</v>
       </c>
       <c r="R98" t="s">
         <v>34</v>
       </c>
       <c r="S98" t="s">
         <v>35</v>
       </c>
       <c r="T98" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
       <c r="U98"/>
       <c r="V98">
         <v>0</v>
       </c>
       <c r="W98" t="s">
-        <v>44</v>
+        <v>84</v>
       </c>
     </row>
     <row r="99" spans="1:104">
       <c r="A99">
         <v>59046</v>
       </c>
       <c r="B99" t="s">
         <v>23</v>
       </c>
       <c r="C99" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="D99" t="s">
-        <v>123</v>
+        <v>130</v>
       </c>
       <c r="E99" t="s">
-        <v>124</v>
+        <v>131</v>
       </c>
       <c r="F99" t="s">
-        <v>125</v>
+        <v>132</v>
       </c>
       <c r="G99" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="H99" t="s">
         <v>29</v>
       </c>
       <c r="I99" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="J99" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="K99" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="L99"/>
       <c r="M99" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N99">
-        <v>129767</v>
+        <v>129765</v>
       </c>
       <c r="O99">
         <v>2026</v>
       </c>
       <c r="P99">
-        <v>425</v>
+        <v>424</v>
       </c>
       <c r="Q99" t="s">
         <v>38</v>
       </c>
       <c r="R99" t="s">
         <v>34</v>
       </c>
       <c r="S99" t="s">
         <v>37</v>
       </c>
       <c r="T99" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
       <c r="U99"/>
       <c r="V99">
         <v>0</v>
       </c>
       <c r="W99" t="s">
-        <v>44</v>
+        <v>84</v>
       </c>
     </row>
     <row r="100" spans="1:104">
       <c r="A100">
-        <v>59081</v>
+        <v>59046</v>
       </c>
       <c r="B100" t="s">
         <v>23</v>
       </c>
       <c r="C100" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="D100" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="E100" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="F100" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="G100" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="H100" t="s">
         <v>29</v>
       </c>
       <c r="I100" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="J100" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="K100" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="L100"/>
       <c r="M100" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N100">
-        <v>129772</v>
+        <v>129766</v>
       </c>
       <c r="O100">
         <v>2026</v>
       </c>
       <c r="P100">
-        <v>5403</v>
+        <v>5402</v>
       </c>
       <c r="Q100" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="R100" t="s">
         <v>34</v>
       </c>
       <c r="S100" t="s">
         <v>35</v>
       </c>
       <c r="T100" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="U100"/>
       <c r="V100">
         <v>0</v>
       </c>
       <c r="W100" t="s">
-        <v>44</v>
+        <v>84</v>
       </c>
     </row>
     <row r="101" spans="1:104">
       <c r="A101">
-        <v>59081</v>
+        <v>59046</v>
       </c>
       <c r="B101" t="s">
         <v>23</v>
       </c>
       <c r="C101" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="D101" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="E101" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="F101" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="G101" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="H101" t="s">
         <v>29</v>
       </c>
       <c r="I101" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="J101" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="K101" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="L101"/>
       <c r="M101" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N101">
-        <v>129773</v>
+        <v>129767</v>
       </c>
       <c r="O101">
         <v>2026</v>
       </c>
       <c r="P101">
-        <v>426</v>
+        <v>425</v>
       </c>
       <c r="Q101" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="R101" t="s">
         <v>34</v>
       </c>
       <c r="S101" t="s">
         <v>37</v>
       </c>
       <c r="T101" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="U101"/>
       <c r="V101">
         <v>0</v>
       </c>
       <c r="W101" t="s">
-        <v>44</v>
+        <v>84</v>
       </c>
     </row>
     <row r="102" spans="1:104">
       <c r="A102">
         <v>59081</v>
       </c>
       <c r="B102" t="s">
         <v>23</v>
       </c>
       <c r="C102" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="D102" t="s">
-        <v>126</v>
+        <v>133</v>
       </c>
       <c r="E102" t="s">
-        <v>127</v>
+        <v>134</v>
       </c>
       <c r="F102" t="s">
-        <v>128</v>
+        <v>135</v>
       </c>
       <c r="G102" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="H102" t="s">
         <v>29</v>
       </c>
       <c r="I102" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="J102" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="K102" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L102"/>
       <c r="M102" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N102">
-        <v>129774</v>
+        <v>129772</v>
       </c>
       <c r="O102">
         <v>2026</v>
       </c>
       <c r="P102">
-        <v>5404</v>
+        <v>5403</v>
       </c>
       <c r="Q102" t="s">
         <v>33</v>
       </c>
       <c r="R102" t="s">
         <v>34</v>
       </c>
       <c r="S102" t="s">
         <v>35</v>
       </c>
       <c r="T102" t="s">
-        <v>127</v>
+        <v>133</v>
       </c>
       <c r="U102"/>
       <c r="V102">
         <v>0</v>
       </c>
       <c r="W102" t="s">
-        <v>44</v>
+        <v>84</v>
       </c>
     </row>
     <row r="103" spans="1:104">
       <c r="A103">
         <v>59081</v>
       </c>
       <c r="B103" t="s">
         <v>23</v>
       </c>
       <c r="C103" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="D103" t="s">
-        <v>126</v>
+        <v>133</v>
       </c>
       <c r="E103" t="s">
-        <v>127</v>
+        <v>134</v>
       </c>
       <c r="F103" t="s">
-        <v>128</v>
+        <v>135</v>
       </c>
       <c r="G103" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="H103" t="s">
         <v>29</v>
       </c>
       <c r="I103" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="J103" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="K103" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L103"/>
       <c r="M103" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N103">
-        <v>129775</v>
+        <v>129773</v>
       </c>
       <c r="O103">
         <v>2026</v>
       </c>
       <c r="P103">
-        <v>427</v>
+        <v>426</v>
       </c>
       <c r="Q103" t="s">
         <v>33</v>
       </c>
       <c r="R103" t="s">
         <v>34</v>
       </c>
       <c r="S103" t="s">
         <v>37</v>
       </c>
       <c r="T103" t="s">
-        <v>127</v>
+        <v>133</v>
       </c>
       <c r="U103"/>
       <c r="V103">
         <v>0</v>
       </c>
       <c r="W103" t="s">
-        <v>44</v>
+        <v>84</v>
       </c>
     </row>
     <row r="104" spans="1:104">
       <c r="A104">
-        <v>58510</v>
+        <v>59081</v>
       </c>
       <c r="B104" t="s">
         <v>23</v>
       </c>
       <c r="C104" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="D104" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="E104" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="F104" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="G104" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="H104" t="s">
-        <v>85</v>
+        <v>29</v>
       </c>
       <c r="I104" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="J104" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="K104"/>
+        <v>52</v>
+      </c>
+      <c r="K104" t="s">
+        <v>52</v>
+      </c>
       <c r="L104"/>
       <c r="M104" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N104">
-        <v>128182</v>
+        <v>129774</v>
       </c>
       <c r="O104">
         <v>2026</v>
       </c>
       <c r="P104">
-        <v>5405</v>
+        <v>5404</v>
       </c>
       <c r="Q104" t="s">
         <v>33</v>
       </c>
       <c r="R104" t="s">
-        <v>86</v>
+        <v>34</v>
       </c>
       <c r="S104" t="s">
         <v>35</v>
       </c>
       <c r="T104" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="U104"/>
       <c r="V104">
         <v>0</v>
       </c>
       <c r="W104" t="s">
-        <v>58</v>
+        <v>84</v>
       </c>
     </row>
     <row r="105" spans="1:104">
       <c r="A105">
-        <v>58510</v>
+        <v>59081</v>
       </c>
       <c r="B105" t="s">
         <v>23</v>
       </c>
       <c r="C105" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="D105" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="E105" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="F105" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="G105" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="H105" t="s">
-        <v>85</v>
+        <v>29</v>
       </c>
       <c r="I105" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="J105" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="K105"/>
+        <v>52</v>
+      </c>
+      <c r="K105" t="s">
+        <v>52</v>
+      </c>
       <c r="L105"/>
       <c r="M105" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N105">
-        <v>128183</v>
+        <v>129775</v>
       </c>
       <c r="O105">
         <v>2026</v>
       </c>
       <c r="P105">
-        <v>5406</v>
+        <v>427</v>
       </c>
       <c r="Q105" t="s">
         <v>33</v>
       </c>
       <c r="R105" t="s">
-        <v>86</v>
+        <v>34</v>
       </c>
       <c r="S105" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="T105" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="U105"/>
       <c r="V105">
         <v>0</v>
       </c>
       <c r="W105" t="s">
-        <v>58</v>
+        <v>84</v>
       </c>
     </row>
     <row r="106" spans="1:104">
       <c r="A106">
         <v>58510</v>
       </c>
       <c r="B106" t="s">
         <v>23</v>
       </c>
       <c r="C106" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="D106" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="E106" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
       <c r="F106" t="s">
-        <v>131</v>
+        <v>138</v>
       </c>
       <c r="G106" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="H106" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="I106" t="s">
         <v>30</v>
       </c>
       <c r="J106" t="s">
-        <v>66</v>
+        <v>139</v>
       </c>
       <c r="K106"/>
-      <c r="L106"/>
+      <c r="L106" t="s">
+        <v>68</v>
+      </c>
       <c r="M106" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N106">
-        <v>128244</v>
+        <v>128569</v>
       </c>
       <c r="O106">
         <v>2026</v>
       </c>
       <c r="P106">
-        <v>5407</v>
+        <v>6799</v>
       </c>
       <c r="Q106" t="s">
         <v>38</v>
       </c>
       <c r="R106" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="S106" t="s">
         <v>35</v>
       </c>
       <c r="T106" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="U106"/>
       <c r="V106">
         <v>0</v>
       </c>
       <c r="W106" t="s">
-        <v>58</v>
+        <v>93</v>
       </c>
     </row>
     <row r="107" spans="1:104">
       <c r="A107">
         <v>58510</v>
       </c>
       <c r="B107" t="s">
         <v>23</v>
       </c>
       <c r="C107" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="D107" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="E107" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
       <c r="F107" t="s">
-        <v>131</v>
+        <v>138</v>
       </c>
       <c r="G107" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="H107" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="I107" t="s">
         <v>30</v>
       </c>
       <c r="J107" t="s">
-        <v>66</v>
+        <v>139</v>
       </c>
       <c r="K107"/>
-      <c r="L107"/>
+      <c r="L107" t="s">
+        <v>68</v>
+      </c>
       <c r="M107" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N107">
-        <v>128245</v>
+        <v>128182</v>
       </c>
       <c r="O107">
         <v>2026</v>
       </c>
       <c r="P107">
-        <v>5408</v>
+        <v>5405</v>
       </c>
       <c r="Q107" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="R107" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="S107" t="s">
         <v>35</v>
       </c>
       <c r="T107" t="s">
-        <v>130</v>
+        <v>140</v>
       </c>
       <c r="U107"/>
       <c r="V107">
         <v>0</v>
       </c>
       <c r="W107" t="s">
-        <v>58</v>
+        <v>93</v>
       </c>
     </row>
     <row r="108" spans="1:104">
       <c r="A108">
-        <v>59230</v>
+        <v>58510</v>
       </c>
       <c r="B108" t="s">
         <v>23</v>
       </c>
       <c r="C108" t="s">
-        <v>59</v>
+        <v>87</v>
       </c>
       <c r="D108" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="E108" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="F108" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="G108" t="s">
-        <v>42</v>
+        <v>90</v>
       </c>
       <c r="H108" t="s">
-        <v>137</v>
+        <v>91</v>
       </c>
       <c r="I108" t="s">
-        <v>138</v>
+        <v>30</v>
       </c>
       <c r="J108" t="s">
         <v>139</v>
       </c>
-      <c r="K108" t="s">
-[...2 lines deleted...]
-      <c r="L108"/>
+      <c r="K108"/>
+      <c r="L108" t="s">
+        <v>68</v>
+      </c>
       <c r="M108" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N108">
-        <v>131171</v>
+        <v>128183</v>
       </c>
       <c r="O108">
         <v>2026</v>
       </c>
       <c r="P108">
-        <v>0</v>
+        <v>5406</v>
       </c>
       <c r="Q108" t="s">
-        <v>121</v>
+        <v>33</v>
       </c>
       <c r="R108" t="s">
-        <v>34</v>
+        <v>92</v>
       </c>
       <c r="S108" t="s">
         <v>35</v>
       </c>
       <c r="T108" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="U108"/>
       <c r="V108">
         <v>0</v>
       </c>
       <c r="W108" t="s">
-        <v>44</v>
+        <v>93</v>
       </c>
     </row>
     <row r="109" spans="1:104">
       <c r="A109">
-        <v>59230</v>
+        <v>58510</v>
       </c>
       <c r="B109" t="s">
         <v>23</v>
       </c>
       <c r="C109" t="s">
-        <v>59</v>
+        <v>87</v>
       </c>
       <c r="D109" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="E109" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="F109" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="G109" t="s">
-        <v>42</v>
+        <v>90</v>
       </c>
       <c r="H109" t="s">
-        <v>137</v>
+        <v>91</v>
       </c>
       <c r="I109" t="s">
-        <v>138</v>
+        <v>30</v>
       </c>
       <c r="J109" t="s">
         <v>139</v>
       </c>
-      <c r="K109" t="s">
-[...2 lines deleted...]
-      <c r="L109"/>
+      <c r="K109"/>
+      <c r="L109" t="s">
+        <v>68</v>
+      </c>
       <c r="M109" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N109">
-        <v>131172</v>
+        <v>128244</v>
       </c>
       <c r="O109">
         <v>2026</v>
       </c>
       <c r="P109">
-        <v>0</v>
+        <v>5407</v>
       </c>
       <c r="Q109" t="s">
-        <v>121</v>
+        <v>38</v>
       </c>
       <c r="R109" t="s">
-        <v>34</v>
+        <v>92</v>
       </c>
       <c r="S109" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="T109" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="U109"/>
       <c r="V109">
         <v>0</v>
       </c>
       <c r="W109" t="s">
-        <v>44</v>
+        <v>93</v>
       </c>
     </row>
     <row r="110" spans="1:104">
       <c r="A110">
-        <v>59230</v>
+        <v>58510</v>
       </c>
       <c r="B110" t="s">
         <v>23</v>
       </c>
       <c r="C110" t="s">
-        <v>59</v>
+        <v>87</v>
       </c>
       <c r="D110" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="E110" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="F110" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="G110" t="s">
-        <v>42</v>
+        <v>90</v>
       </c>
       <c r="H110" t="s">
-        <v>137</v>
+        <v>91</v>
       </c>
       <c r="I110" t="s">
-        <v>138</v>
+        <v>30</v>
       </c>
       <c r="J110" t="s">
         <v>139</v>
       </c>
-      <c r="K110" t="s">
-[...2 lines deleted...]
-      <c r="L110"/>
+      <c r="K110"/>
+      <c r="L110" t="s">
+        <v>68</v>
+      </c>
       <c r="M110" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N110">
-        <v>131173</v>
+        <v>128245</v>
       </c>
       <c r="O110">
         <v>2026</v>
       </c>
       <c r="P110">
-        <v>0</v>
+        <v>5408</v>
       </c>
       <c r="Q110" t="s">
-        <v>121</v>
+        <v>38</v>
       </c>
       <c r="R110" t="s">
-        <v>34</v>
+        <v>92</v>
       </c>
       <c r="S110" t="s">
         <v>35</v>
       </c>
       <c r="T110" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="U110"/>
       <c r="V110">
         <v>0</v>
       </c>
       <c r="W110" t="s">
-        <v>44</v>
+        <v>93</v>
       </c>
     </row>
     <row r="111" spans="1:104">
       <c r="A111">
         <v>59230</v>
       </c>
       <c r="B111" t="s">
         <v>23</v>
       </c>
       <c r="C111" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D111" t="s">
-        <v>134</v>
+        <v>143</v>
       </c>
       <c r="E111" t="s">
-        <v>135</v>
+        <v>144</v>
       </c>
       <c r="F111" t="s">
-        <v>136</v>
+        <v>145</v>
       </c>
       <c r="G111" t="s">
         <v>42</v>
       </c>
       <c r="H111" t="s">
-        <v>137</v>
+        <v>118</v>
       </c>
       <c r="I111" t="s">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="J111" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="K111" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="L111"/>
       <c r="M111" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N111">
-        <v>131174</v>
+        <v>131175</v>
       </c>
       <c r="O111">
         <v>2026</v>
       </c>
       <c r="P111">
-        <v>0</v>
+        <v>6970</v>
       </c>
       <c r="Q111" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="R111" t="s">
-        <v>34</v>
+        <v>123</v>
       </c>
       <c r="S111" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="T111" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="U111"/>
       <c r="V111">
         <v>0</v>
       </c>
       <c r="W111" t="s">
-        <v>44</v>
+        <v>84</v>
       </c>
     </row>
     <row r="112" spans="1:104">
       <c r="A112">
         <v>59230</v>
       </c>
       <c r="B112" t="s">
         <v>23</v>
       </c>
       <c r="C112" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D112" t="s">
-        <v>134</v>
+        <v>143</v>
       </c>
       <c r="E112" t="s">
-        <v>135</v>
+        <v>144</v>
       </c>
       <c r="F112" t="s">
-        <v>136</v>
+        <v>145</v>
       </c>
       <c r="G112" t="s">
         <v>42</v>
       </c>
       <c r="H112" t="s">
-        <v>137</v>
+        <v>118</v>
       </c>
       <c r="I112" t="s">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="J112" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="K112" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="L112"/>
       <c r="M112" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N112">
-        <v>131175</v>
+        <v>131176</v>
       </c>
       <c r="O112">
         <v>2026</v>
       </c>
       <c r="P112">
-        <v>0</v>
+        <v>2039</v>
       </c>
       <c r="Q112" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="R112" t="s">
-        <v>116</v>
+        <v>123</v>
       </c>
       <c r="S112" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="T112" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="U112"/>
       <c r="V112">
         <v>0</v>
       </c>
       <c r="W112" t="s">
-        <v>44</v>
+        <v>84</v>
       </c>
     </row>
     <row r="113" spans="1:104">
       <c r="A113">
         <v>59230</v>
       </c>
       <c r="B113" t="s">
         <v>23</v>
       </c>
       <c r="C113" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D113" t="s">
-        <v>134</v>
+        <v>143</v>
       </c>
       <c r="E113" t="s">
-        <v>135</v>
+        <v>144</v>
       </c>
       <c r="F113" t="s">
-        <v>136</v>
+        <v>145</v>
       </c>
       <c r="G113" t="s">
         <v>42</v>
       </c>
       <c r="H113" t="s">
-        <v>137</v>
+        <v>118</v>
       </c>
       <c r="I113" t="s">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="J113" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="K113" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="L113"/>
       <c r="M113" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N113">
-        <v>131176</v>
+        <v>131177</v>
       </c>
       <c r="O113">
         <v>2026</v>
       </c>
       <c r="P113">
-        <v>0</v>
+        <v>6971</v>
       </c>
       <c r="Q113" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="R113" t="s">
-        <v>116</v>
+        <v>123</v>
       </c>
       <c r="S113" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="T113" t="s">
-        <v>141</v>
+        <v>148</v>
       </c>
       <c r="U113"/>
       <c r="V113">
         <v>0</v>
       </c>
       <c r="W113" t="s">
-        <v>44</v>
+        <v>84</v>
       </c>
     </row>
     <row r="114" spans="1:104">
       <c r="A114">
-        <v>59335</v>
+        <v>59230</v>
       </c>
       <c r="B114" t="s">
         <v>23</v>
       </c>
       <c r="C114" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="D114" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="E114" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="F114" t="s">
-        <v>54</v>
+        <v>145</v>
       </c>
       <c r="G114" t="s">
-        <v>55</v>
+        <v>42</v>
       </c>
       <c r="H114" t="s">
-        <v>29</v>
+        <v>118</v>
       </c>
       <c r="I114" t="s">
-        <v>30</v>
+        <v>146</v>
       </c>
       <c r="J114" t="s">
-        <v>66</v>
+        <v>147</v>
       </c>
       <c r="K114" t="s">
-        <v>66</v>
+        <v>147</v>
       </c>
       <c r="L114"/>
       <c r="M114" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N114">
-        <v>130611</v>
+        <v>131178</v>
       </c>
       <c r="O114">
         <v>2026</v>
       </c>
       <c r="P114">
-        <v>428</v>
+        <v>2040</v>
       </c>
       <c r="Q114" t="s">
-        <v>33</v>
+        <v>122</v>
       </c>
       <c r="R114" t="s">
-        <v>34</v>
+        <v>123</v>
       </c>
       <c r="S114" t="s">
         <v>37</v>
       </c>
       <c r="T114" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="U114"/>
       <c r="V114">
         <v>0</v>
       </c>
       <c r="W114" t="s">
-        <v>44</v>
+        <v>84</v>
       </c>
     </row>
     <row r="115" spans="1:104">
       <c r="A115">
-        <v>59335</v>
+        <v>59230</v>
       </c>
       <c r="B115" t="s">
         <v>23</v>
       </c>
       <c r="C115" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="D115" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="E115" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="F115" t="s">
-        <v>54</v>
+        <v>145</v>
       </c>
       <c r="G115" t="s">
-        <v>55</v>
+        <v>42</v>
       </c>
       <c r="H115" t="s">
-        <v>29</v>
+        <v>118</v>
       </c>
       <c r="I115" t="s">
-        <v>30</v>
+        <v>146</v>
       </c>
       <c r="J115" t="s">
-        <v>66</v>
+        <v>147</v>
       </c>
       <c r="K115" t="s">
-        <v>66</v>
+        <v>147</v>
       </c>
       <c r="L115"/>
       <c r="M115" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N115">
-        <v>130612</v>
+        <v>131179</v>
       </c>
       <c r="O115">
         <v>2026</v>
       </c>
       <c r="P115">
-        <v>5409</v>
+        <v>6972</v>
       </c>
       <c r="Q115" t="s">
-        <v>33</v>
+        <v>122</v>
       </c>
       <c r="R115" t="s">
         <v>34</v>
       </c>
       <c r="S115" t="s">
         <v>35</v>
       </c>
       <c r="T115" t="s">
-        <v>142</v>
+        <v>149</v>
       </c>
       <c r="U115"/>
       <c r="V115">
         <v>0</v>
       </c>
       <c r="W115" t="s">
-        <v>44</v>
+        <v>84</v>
       </c>
     </row>
     <row r="116" spans="1:104">
       <c r="A116">
         <v>59230</v>
       </c>
       <c r="B116" t="s">
         <v>23</v>
       </c>
       <c r="C116" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D116" t="s">
-        <v>134</v>
+        <v>143</v>
       </c>
       <c r="E116" t="s">
-        <v>135</v>
+        <v>144</v>
       </c>
       <c r="F116" t="s">
-        <v>136</v>
+        <v>145</v>
       </c>
       <c r="G116" t="s">
         <v>42</v>
       </c>
       <c r="H116" t="s">
-        <v>137</v>
+        <v>118</v>
       </c>
       <c r="I116" t="s">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="J116" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="K116" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="L116"/>
       <c r="M116" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N116">
-        <v>131177</v>
+        <v>131180</v>
       </c>
       <c r="O116">
         <v>2026</v>
       </c>
       <c r="P116">
-        <v>0</v>
+        <v>2041</v>
       </c>
       <c r="Q116" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="R116" t="s">
-        <v>116</v>
+        <v>34</v>
       </c>
       <c r="S116" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="T116" t="s">
-        <v>142</v>
+        <v>149</v>
       </c>
       <c r="U116"/>
       <c r="V116">
         <v>0</v>
       </c>
       <c r="W116" t="s">
-        <v>44</v>
+        <v>84</v>
       </c>
     </row>
     <row r="117" spans="1:104">
       <c r="A117">
-        <v>59230</v>
+        <v>59335</v>
       </c>
       <c r="B117" t="s">
         <v>23</v>
       </c>
       <c r="C117" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="D117" t="s">
-        <v>134</v>
+        <v>150</v>
       </c>
       <c r="E117" t="s">
-        <v>135</v>
+        <v>151</v>
       </c>
       <c r="F117" t="s">
-        <v>136</v>
+        <v>55</v>
       </c>
       <c r="G117" t="s">
-        <v>42</v>
+        <v>56</v>
       </c>
       <c r="H117" t="s">
-        <v>137</v>
+        <v>29</v>
       </c>
       <c r="I117" t="s">
-        <v>138</v>
+        <v>30</v>
       </c>
       <c r="J117" t="s">
-        <v>139</v>
+        <v>76</v>
       </c>
       <c r="K117" t="s">
-        <v>139</v>
+        <v>76</v>
       </c>
       <c r="L117"/>
       <c r="M117" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N117">
-        <v>131178</v>
+        <v>130611</v>
       </c>
       <c r="O117">
         <v>2026</v>
       </c>
       <c r="P117">
-        <v>0</v>
+        <v>428</v>
       </c>
       <c r="Q117" t="s">
-        <v>115</v>
+        <v>33</v>
       </c>
       <c r="R117" t="s">
-        <v>116</v>
+        <v>34</v>
       </c>
       <c r="S117" t="s">
         <v>37</v>
       </c>
       <c r="T117" t="s">
-        <v>142</v>
+        <v>150</v>
       </c>
       <c r="U117"/>
       <c r="V117">
         <v>0</v>
       </c>
       <c r="W117" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="118" spans="1:104">
       <c r="A118">
         <v>59335</v>
       </c>
       <c r="B118" t="s">
         <v>23</v>
       </c>
       <c r="C118" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D118" t="s">
-        <v>142</v>
+        <v>150</v>
       </c>
       <c r="E118" t="s">
-        <v>143</v>
+        <v>151</v>
       </c>
       <c r="F118" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G118" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H118" t="s">
         <v>29</v>
       </c>
       <c r="I118" t="s">
         <v>30</v>
       </c>
       <c r="J118" t="s">
-        <v>66</v>
+        <v>76</v>
       </c>
       <c r="K118" t="s">
-        <v>66</v>
+        <v>76</v>
       </c>
       <c r="L118"/>
       <c r="M118" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N118">
-        <v>130613</v>
+        <v>130612</v>
       </c>
       <c r="O118">
         <v>2026</v>
       </c>
       <c r="P118">
-        <v>429</v>
+        <v>5409</v>
       </c>
       <c r="Q118" t="s">
         <v>33</v>
       </c>
       <c r="R118" t="s">
         <v>34</v>
       </c>
       <c r="S118" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="T118" t="s">
-        <v>144</v>
+        <v>150</v>
       </c>
       <c r="U118"/>
       <c r="V118">
         <v>0</v>
       </c>
       <c r="W118" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="119" spans="1:104">
       <c r="A119">
-        <v>59335</v>
+        <v>59230</v>
       </c>
       <c r="B119" t="s">
         <v>23</v>
       </c>
       <c r="C119" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="D119" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="E119" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="F119" t="s">
-        <v>54</v>
+        <v>145</v>
       </c>
       <c r="G119" t="s">
-        <v>55</v>
+        <v>42</v>
       </c>
       <c r="H119" t="s">
-        <v>29</v>
+        <v>118</v>
       </c>
       <c r="I119" t="s">
-        <v>30</v>
+        <v>146</v>
       </c>
       <c r="J119" t="s">
-        <v>66</v>
+        <v>147</v>
       </c>
       <c r="K119" t="s">
-        <v>66</v>
+        <v>147</v>
       </c>
       <c r="L119"/>
       <c r="M119" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N119">
-        <v>130614</v>
+        <v>131181</v>
       </c>
       <c r="O119">
         <v>2026</v>
       </c>
       <c r="P119">
-        <v>5410</v>
+        <v>6973</v>
       </c>
       <c r="Q119" t="s">
-        <v>33</v>
+        <v>122</v>
       </c>
       <c r="R119" t="s">
         <v>34</v>
       </c>
       <c r="S119" t="s">
         <v>35</v>
       </c>
       <c r="T119" t="s">
-        <v>144</v>
+        <v>150</v>
       </c>
       <c r="U119"/>
       <c r="V119">
         <v>0</v>
       </c>
       <c r="W119" t="s">
-        <v>44</v>
+        <v>84</v>
       </c>
     </row>
     <row r="120" spans="1:104">
       <c r="A120">
         <v>59230</v>
       </c>
       <c r="B120" t="s">
         <v>23</v>
       </c>
       <c r="C120" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D120" t="s">
-        <v>134</v>
+        <v>143</v>
       </c>
       <c r="E120" t="s">
-        <v>135</v>
+        <v>144</v>
       </c>
       <c r="F120" t="s">
-        <v>136</v>
+        <v>145</v>
       </c>
       <c r="G120" t="s">
         <v>42</v>
       </c>
       <c r="H120" t="s">
-        <v>137</v>
+        <v>118</v>
       </c>
       <c r="I120" t="s">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="J120" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="K120" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="L120"/>
       <c r="M120" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N120">
-        <v>131179</v>
+        <v>131182</v>
       </c>
       <c r="O120">
         <v>2026</v>
       </c>
       <c r="P120">
-        <v>0</v>
+        <v>2042</v>
       </c>
       <c r="Q120" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="R120" t="s">
         <v>34</v>
       </c>
       <c r="S120" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="T120" t="s">
-        <v>144</v>
+        <v>150</v>
       </c>
       <c r="U120"/>
       <c r="V120">
         <v>0</v>
       </c>
       <c r="W120" t="s">
-        <v>44</v>
+        <v>84</v>
       </c>
     </row>
     <row r="121" spans="1:104">
       <c r="A121">
-        <v>59230</v>
+        <v>59335</v>
       </c>
       <c r="B121" t="s">
         <v>23</v>
       </c>
       <c r="C121" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="D121" t="s">
-        <v>134</v>
+        <v>150</v>
       </c>
       <c r="E121" t="s">
-        <v>135</v>
+        <v>151</v>
       </c>
       <c r="F121" t="s">
-        <v>136</v>
+        <v>55</v>
       </c>
       <c r="G121" t="s">
-        <v>42</v>
+        <v>56</v>
       </c>
       <c r="H121" t="s">
-        <v>137</v>
+        <v>29</v>
       </c>
       <c r="I121" t="s">
-        <v>138</v>
+        <v>30</v>
       </c>
       <c r="J121" t="s">
-        <v>139</v>
+        <v>76</v>
       </c>
       <c r="K121" t="s">
-        <v>139</v>
+        <v>76</v>
       </c>
       <c r="L121"/>
       <c r="M121" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N121">
-        <v>131180</v>
+        <v>130613</v>
       </c>
       <c r="O121">
         <v>2026</v>
       </c>
       <c r="P121">
-        <v>0</v>
+        <v>429</v>
       </c>
       <c r="Q121" t="s">
-        <v>115</v>
+        <v>33</v>
       </c>
       <c r="R121" t="s">
         <v>34</v>
       </c>
       <c r="S121" t="s">
         <v>37</v>
       </c>
       <c r="T121" t="s">
-        <v>144</v>
+        <v>152</v>
       </c>
       <c r="U121"/>
       <c r="V121">
         <v>0</v>
       </c>
       <c r="W121" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="122" spans="1:104">
       <c r="A122">
-        <v>58605</v>
+        <v>59335</v>
       </c>
       <c r="B122" t="s">
         <v>23</v>
       </c>
       <c r="C122" t="s">
-        <v>107</v>
+        <v>54</v>
       </c>
       <c r="D122" t="s">
-        <v>135</v>
+        <v>150</v>
       </c>
       <c r="E122" t="s">
-        <v>143</v>
+        <v>151</v>
       </c>
       <c r="F122" t="s">
-        <v>145</v>
+        <v>55</v>
       </c>
       <c r="G122" t="s">
-        <v>111</v>
+        <v>56</v>
       </c>
       <c r="H122" t="s">
-        <v>92</v>
+        <v>29</v>
       </c>
       <c r="I122" t="s">
-        <v>56</v>
+        <v>30</v>
       </c>
       <c r="J122" t="s">
-        <v>146</v>
+        <v>76</v>
       </c>
       <c r="K122" t="s">
-        <v>146</v>
+        <v>76</v>
       </c>
       <c r="L122"/>
       <c r="M122" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N122">
-        <v>128508</v>
+        <v>130614</v>
       </c>
       <c r="O122">
         <v>2026</v>
       </c>
       <c r="P122">
-        <v>5413</v>
+        <v>5410</v>
       </c>
       <c r="Q122" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="R122" t="s">
         <v>34</v>
       </c>
       <c r="S122" t="s">
         <v>35</v>
       </c>
       <c r="T122" t="s">
-        <v>135</v>
+        <v>152</v>
       </c>
       <c r="U122"/>
       <c r="V122">
         <v>0</v>
       </c>
       <c r="W122" t="s">
-        <v>58</v>
+        <v>45</v>
       </c>
     </row>
     <row r="123" spans="1:104">
       <c r="A123">
-        <v>58605</v>
+        <v>59230</v>
       </c>
       <c r="B123" t="s">
         <v>23</v>
       </c>
       <c r="C123" t="s">
-        <v>107</v>
+        <v>60</v>
       </c>
       <c r="D123" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="E123" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="F123" t="s">
         <v>145</v>
       </c>
       <c r="G123" t="s">
-        <v>111</v>
+        <v>42</v>
       </c>
       <c r="H123" t="s">
-        <v>92</v>
+        <v>118</v>
       </c>
       <c r="I123" t="s">
-        <v>56</v>
+        <v>146</v>
       </c>
       <c r="J123" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="K123" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="L123"/>
       <c r="M123" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N123">
-        <v>128509</v>
+        <v>131173</v>
       </c>
       <c r="O123">
         <v>2026</v>
       </c>
       <c r="P123">
-        <v>432</v>
+        <v>6969</v>
       </c>
       <c r="Q123" t="s">
-        <v>38</v>
+        <v>128</v>
       </c>
       <c r="R123" t="s">
         <v>34</v>
       </c>
       <c r="S123" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="T123" t="s">
-        <v>135</v>
+        <v>152</v>
       </c>
       <c r="U123"/>
       <c r="V123">
         <v>0</v>
       </c>
       <c r="W123" t="s">
-        <v>58</v>
+        <v>84</v>
       </c>
     </row>
     <row r="124" spans="1:104">
       <c r="A124">
-        <v>58605</v>
+        <v>59230</v>
       </c>
       <c r="B124" t="s">
         <v>23</v>
       </c>
       <c r="C124" t="s">
-        <v>107</v>
+        <v>60</v>
       </c>
       <c r="D124" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="E124" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="F124" t="s">
         <v>145</v>
       </c>
       <c r="G124" t="s">
-        <v>111</v>
+        <v>42</v>
       </c>
       <c r="H124" t="s">
-        <v>92</v>
+        <v>118</v>
       </c>
       <c r="I124" t="s">
-        <v>56</v>
+        <v>146</v>
       </c>
       <c r="J124" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="K124" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="L124"/>
       <c r="M124" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N124">
-        <v>128510</v>
+        <v>131174</v>
       </c>
       <c r="O124">
         <v>2026</v>
       </c>
       <c r="P124">
-        <v>5414</v>
+        <v>2038</v>
       </c>
       <c r="Q124" t="s">
-        <v>38</v>
+        <v>128</v>
       </c>
       <c r="R124" t="s">
-        <v>94</v>
+        <v>34</v>
       </c>
       <c r="S124" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="T124" t="s">
-        <v>135</v>
+        <v>152</v>
       </c>
       <c r="U124"/>
       <c r="V124">
         <v>0</v>
       </c>
       <c r="W124" t="s">
-        <v>58</v>
+        <v>84</v>
       </c>
     </row>
     <row r="125" spans="1:104">
       <c r="A125">
-        <v>59335</v>
+        <v>58605</v>
       </c>
       <c r="B125" t="s">
         <v>23</v>
       </c>
       <c r="C125" t="s">
-        <v>53</v>
+        <v>113</v>
       </c>
       <c r="D125" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="E125" t="s">
-        <v>143</v>
+        <v>151</v>
       </c>
       <c r="F125" t="s">
-        <v>54</v>
+        <v>153</v>
       </c>
       <c r="G125" t="s">
-        <v>55</v>
+        <v>117</v>
       </c>
       <c r="H125" t="s">
-        <v>29</v>
+        <v>99</v>
       </c>
       <c r="I125" t="s">
-        <v>30</v>
+        <v>57</v>
       </c>
       <c r="J125" t="s">
-        <v>66</v>
+        <v>154</v>
       </c>
       <c r="K125" t="s">
-        <v>66</v>
+        <v>154</v>
       </c>
       <c r="L125"/>
       <c r="M125" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N125">
-        <v>130615</v>
+        <v>128508</v>
       </c>
       <c r="O125">
         <v>2026</v>
       </c>
       <c r="P125">
-        <v>430</v>
+        <v>5413</v>
       </c>
       <c r="Q125" t="s">
         <v>38</v>
       </c>
       <c r="R125" t="s">
         <v>34</v>
       </c>
       <c r="S125" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="T125" t="s">
-        <v>135</v>
+        <v>144</v>
       </c>
       <c r="U125"/>
       <c r="V125">
         <v>0</v>
       </c>
       <c r="W125" t="s">
-        <v>44</v>
+        <v>93</v>
       </c>
     </row>
     <row r="126" spans="1:104">
       <c r="A126">
-        <v>59335</v>
+        <v>58605</v>
       </c>
       <c r="B126" t="s">
         <v>23</v>
       </c>
       <c r="C126" t="s">
-        <v>53</v>
+        <v>113</v>
       </c>
       <c r="D126" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="E126" t="s">
-        <v>143</v>
+        <v>151</v>
       </c>
       <c r="F126" t="s">
-        <v>54</v>
+        <v>153</v>
       </c>
       <c r="G126" t="s">
-        <v>55</v>
+        <v>117</v>
       </c>
       <c r="H126" t="s">
-        <v>29</v>
+        <v>99</v>
       </c>
       <c r="I126" t="s">
-        <v>30</v>
+        <v>57</v>
       </c>
       <c r="J126" t="s">
-        <v>66</v>
+        <v>154</v>
       </c>
       <c r="K126" t="s">
-        <v>66</v>
+        <v>154</v>
       </c>
       <c r="L126"/>
       <c r="M126" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N126">
-        <v>130616</v>
+        <v>128509</v>
       </c>
       <c r="O126">
         <v>2026</v>
       </c>
       <c r="P126">
-        <v>5411</v>
+        <v>432</v>
       </c>
       <c r="Q126" t="s">
         <v>38</v>
       </c>
       <c r="R126" t="s">
         <v>34</v>
       </c>
       <c r="S126" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="T126" t="s">
-        <v>135</v>
+        <v>144</v>
       </c>
       <c r="U126"/>
       <c r="V126">
         <v>0</v>
       </c>
       <c r="W126" t="s">
-        <v>44</v>
+        <v>93</v>
       </c>
     </row>
     <row r="127" spans="1:104">
       <c r="A127">
-        <v>59230</v>
+        <v>58605</v>
       </c>
       <c r="B127" t="s">
         <v>23</v>
       </c>
       <c r="C127" t="s">
-        <v>59</v>
+        <v>113</v>
       </c>
       <c r="D127" t="s">
-        <v>134</v>
+        <v>144</v>
       </c>
       <c r="E127" t="s">
-        <v>135</v>
+        <v>151</v>
       </c>
       <c r="F127" t="s">
-        <v>136</v>
+        <v>153</v>
       </c>
       <c r="G127" t="s">
-        <v>42</v>
+        <v>117</v>
       </c>
       <c r="H127" t="s">
-        <v>137</v>
+        <v>99</v>
       </c>
       <c r="I127" t="s">
-        <v>138</v>
+        <v>57</v>
       </c>
       <c r="J127" t="s">
-        <v>139</v>
+        <v>154</v>
       </c>
       <c r="K127" t="s">
-        <v>139</v>
+        <v>154</v>
       </c>
       <c r="L127"/>
       <c r="M127" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N127">
-        <v>131181</v>
+        <v>128510</v>
       </c>
       <c r="O127">
         <v>2026</v>
       </c>
       <c r="P127">
-        <v>0</v>
+        <v>5414</v>
       </c>
       <c r="Q127" t="s">
-        <v>115</v>
+        <v>38</v>
       </c>
       <c r="R127" t="s">
-        <v>34</v>
+        <v>101</v>
       </c>
       <c r="S127" t="s">
         <v>35</v>
       </c>
       <c r="T127" t="s">
-        <v>135</v>
+        <v>144</v>
       </c>
       <c r="U127"/>
       <c r="V127">
         <v>0</v>
       </c>
       <c r="W127" t="s">
-        <v>44</v>
+        <v>93</v>
       </c>
     </row>
     <row r="128" spans="1:104">
       <c r="A128">
-        <v>59230</v>
+        <v>59335</v>
       </c>
       <c r="B128" t="s">
         <v>23</v>
       </c>
       <c r="C128" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="D128" t="s">
-        <v>134</v>
+        <v>150</v>
       </c>
       <c r="E128" t="s">
-        <v>135</v>
+        <v>151</v>
       </c>
       <c r="F128" t="s">
-        <v>136</v>
+        <v>55</v>
       </c>
       <c r="G128" t="s">
-        <v>42</v>
+        <v>56</v>
       </c>
       <c r="H128" t="s">
-        <v>137</v>
+        <v>29</v>
       </c>
       <c r="I128" t="s">
-        <v>138</v>
+        <v>30</v>
       </c>
       <c r="J128" t="s">
-        <v>139</v>
+        <v>76</v>
       </c>
       <c r="K128" t="s">
-        <v>139</v>
+        <v>76</v>
       </c>
       <c r="L128"/>
       <c r="M128" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N128">
-        <v>131182</v>
+        <v>130615</v>
       </c>
       <c r="O128">
         <v>2026</v>
       </c>
       <c r="P128">
-        <v>0</v>
+        <v>430</v>
       </c>
       <c r="Q128" t="s">
-        <v>115</v>
+        <v>38</v>
       </c>
       <c r="R128" t="s">
         <v>34</v>
       </c>
       <c r="S128" t="s">
         <v>37</v>
       </c>
       <c r="T128" t="s">
-        <v>135</v>
+        <v>144</v>
       </c>
       <c r="U128"/>
       <c r="V128">
         <v>0</v>
       </c>
       <c r="W128" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="129" spans="1:104">
       <c r="A129">
-        <v>58605</v>
+        <v>59335</v>
       </c>
       <c r="B129" t="s">
         <v>23</v>
       </c>
       <c r="C129" t="s">
-        <v>107</v>
+        <v>54</v>
       </c>
       <c r="D129" t="s">
-        <v>135</v>
+        <v>150</v>
       </c>
       <c r="E129" t="s">
-        <v>143</v>
+        <v>151</v>
       </c>
       <c r="F129" t="s">
-        <v>145</v>
+        <v>55</v>
       </c>
       <c r="G129" t="s">
-        <v>111</v>
+        <v>56</v>
       </c>
       <c r="H129" t="s">
-        <v>92</v>
+        <v>29</v>
       </c>
       <c r="I129" t="s">
-        <v>56</v>
+        <v>30</v>
       </c>
       <c r="J129" t="s">
-        <v>146</v>
+        <v>76</v>
       </c>
       <c r="K129" t="s">
-        <v>146</v>
+        <v>76</v>
       </c>
       <c r="L129"/>
       <c r="M129" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N129">
-        <v>128511</v>
+        <v>130616</v>
       </c>
       <c r="O129">
         <v>2026</v>
       </c>
       <c r="P129">
-        <v>433</v>
+        <v>5411</v>
       </c>
       <c r="Q129" t="s">
         <v>38</v>
       </c>
       <c r="R129" t="s">
         <v>34</v>
       </c>
       <c r="S129" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="T129" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="U129"/>
       <c r="V129">
         <v>0</v>
       </c>
       <c r="W129" t="s">
-        <v>58</v>
+        <v>45</v>
       </c>
     </row>
     <row r="130" spans="1:104">
       <c r="A130">
-        <v>58605</v>
+        <v>59230</v>
       </c>
       <c r="B130" t="s">
         <v>23</v>
       </c>
       <c r="C130" t="s">
-        <v>107</v>
+        <v>60</v>
       </c>
       <c r="D130" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="E130" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="F130" t="s">
         <v>145</v>
       </c>
       <c r="G130" t="s">
-        <v>111</v>
+        <v>42</v>
       </c>
       <c r="H130" t="s">
-        <v>92</v>
+        <v>118</v>
       </c>
       <c r="I130" t="s">
-        <v>56</v>
+        <v>146</v>
       </c>
       <c r="J130" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="K130" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="L130"/>
       <c r="M130" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N130">
-        <v>128512</v>
+        <v>131171</v>
       </c>
       <c r="O130">
         <v>2026</v>
       </c>
       <c r="P130">
-        <v>5415</v>
+        <v>6968</v>
       </c>
       <c r="Q130" t="s">
-        <v>38</v>
+        <v>128</v>
       </c>
       <c r="R130" t="s">
         <v>34</v>
       </c>
       <c r="S130" t="s">
         <v>35</v>
       </c>
       <c r="T130" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="U130"/>
       <c r="V130">
         <v>0</v>
       </c>
       <c r="W130" t="s">
-        <v>58</v>
+        <v>84</v>
       </c>
     </row>
     <row r="131" spans="1:104">
       <c r="A131">
-        <v>58605</v>
+        <v>59230</v>
       </c>
       <c r="B131" t="s">
         <v>23</v>
       </c>
       <c r="C131" t="s">
-        <v>107</v>
+        <v>60</v>
       </c>
       <c r="D131" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="E131" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="F131" t="s">
         <v>145</v>
       </c>
       <c r="G131" t="s">
-        <v>111</v>
+        <v>42</v>
       </c>
       <c r="H131" t="s">
-        <v>92</v>
+        <v>118</v>
       </c>
       <c r="I131" t="s">
-        <v>56</v>
+        <v>146</v>
       </c>
       <c r="J131" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="K131" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="L131"/>
       <c r="M131" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N131">
-        <v>128513</v>
+        <v>131172</v>
       </c>
       <c r="O131">
         <v>2026</v>
       </c>
       <c r="P131">
-        <v>434</v>
+        <v>2037</v>
       </c>
       <c r="Q131" t="s">
-        <v>38</v>
+        <v>128</v>
       </c>
       <c r="R131" t="s">
-        <v>94</v>
+        <v>34</v>
       </c>
       <c r="S131" t="s">
         <v>37</v>
       </c>
       <c r="T131" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="U131"/>
       <c r="V131">
         <v>0</v>
       </c>
       <c r="W131" t="s">
-        <v>58</v>
+        <v>84</v>
       </c>
     </row>
     <row r="132" spans="1:104">
       <c r="A132">
-        <v>59335</v>
+        <v>58605</v>
       </c>
       <c r="B132" t="s">
         <v>23</v>
       </c>
       <c r="C132" t="s">
-        <v>53</v>
+        <v>113</v>
       </c>
       <c r="D132" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="E132" t="s">
-        <v>143</v>
+        <v>151</v>
       </c>
       <c r="F132" t="s">
-        <v>54</v>
+        <v>153</v>
       </c>
       <c r="G132" t="s">
-        <v>55</v>
+        <v>117</v>
       </c>
       <c r="H132" t="s">
-        <v>29</v>
+        <v>99</v>
       </c>
       <c r="I132" t="s">
-        <v>30</v>
+        <v>57</v>
       </c>
       <c r="J132" t="s">
-        <v>66</v>
+        <v>154</v>
       </c>
       <c r="K132" t="s">
-        <v>66</v>
+        <v>154</v>
       </c>
       <c r="L132"/>
       <c r="M132" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N132">
-        <v>130617</v>
+        <v>128511</v>
       </c>
       <c r="O132">
         <v>2026</v>
       </c>
       <c r="P132">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="Q132" t="s">
         <v>38</v>
       </c>
       <c r="R132" t="s">
         <v>34</v>
       </c>
       <c r="S132" t="s">
         <v>37</v>
       </c>
       <c r="T132" t="s">
-        <v>143</v>
+        <v>151</v>
       </c>
       <c r="U132"/>
       <c r="V132">
         <v>0</v>
       </c>
       <c r="W132" t="s">
-        <v>44</v>
+        <v>93</v>
       </c>
     </row>
     <row r="133" spans="1:104">
       <c r="A133">
-        <v>59335</v>
+        <v>58605</v>
       </c>
       <c r="B133" t="s">
         <v>23</v>
       </c>
       <c r="C133" t="s">
-        <v>53</v>
+        <v>113</v>
       </c>
       <c r="D133" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="E133" t="s">
-        <v>143</v>
+        <v>151</v>
       </c>
       <c r="F133" t="s">
-        <v>54</v>
+        <v>153</v>
       </c>
       <c r="G133" t="s">
-        <v>55</v>
+        <v>117</v>
       </c>
       <c r="H133" t="s">
-        <v>29</v>
+        <v>99</v>
       </c>
       <c r="I133" t="s">
-        <v>30</v>
+        <v>57</v>
       </c>
       <c r="J133" t="s">
-        <v>66</v>
+        <v>154</v>
       </c>
       <c r="K133" t="s">
-        <v>66</v>
+        <v>154</v>
       </c>
       <c r="L133"/>
       <c r="M133" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N133">
-        <v>130618</v>
+        <v>128512</v>
       </c>
       <c r="O133">
         <v>2026</v>
       </c>
       <c r="P133">
-        <v>5412</v>
+        <v>5415</v>
       </c>
       <c r="Q133" t="s">
         <v>38</v>
       </c>
       <c r="R133" t="s">
         <v>34</v>
       </c>
       <c r="S133" t="s">
         <v>35</v>
       </c>
       <c r="T133" t="s">
-        <v>143</v>
+        <v>151</v>
       </c>
       <c r="U133"/>
       <c r="V133">
         <v>0</v>
       </c>
       <c r="W133" t="s">
-        <v>44</v>
+        <v>93</v>
       </c>
     </row>
     <row r="134" spans="1:104">
       <c r="A134">
-        <v>58617</v>
+        <v>58605</v>
       </c>
       <c r="B134" t="s">
         <v>23</v>
       </c>
       <c r="C134" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="D134" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="E134" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="F134" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="G134" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="H134" t="s">
-        <v>29</v>
+        <v>99</v>
       </c>
       <c r="I134" t="s">
-        <v>30</v>
+        <v>57</v>
       </c>
       <c r="J134" t="s">
-        <v>66</v>
+        <v>154</v>
       </c>
       <c r="K134" t="s">
-        <v>66</v>
+        <v>154</v>
       </c>
       <c r="L134"/>
       <c r="M134" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N134">
-        <v>128514</v>
+        <v>128513</v>
       </c>
       <c r="O134">
         <v>2026</v>
       </c>
       <c r="P134">
-        <v>5416</v>
+        <v>434</v>
       </c>
       <c r="Q134" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="R134" t="s">
-        <v>34</v>
+        <v>101</v>
       </c>
       <c r="S134" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="T134" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="U134"/>
       <c r="V134">
         <v>0</v>
       </c>
       <c r="W134" t="s">
-        <v>58</v>
+        <v>93</v>
       </c>
     </row>
     <row r="135" spans="1:104">
       <c r="A135">
-        <v>58617</v>
+        <v>59335</v>
       </c>
       <c r="B135" t="s">
         <v>23</v>
       </c>
       <c r="C135" t="s">
-        <v>107</v>
+        <v>54</v>
       </c>
       <c r="D135" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="E135" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="F135" t="s">
-        <v>149</v>
+        <v>55</v>
       </c>
       <c r="G135" t="s">
-        <v>111</v>
+        <v>56</v>
       </c>
       <c r="H135" t="s">
         <v>29</v>
       </c>
       <c r="I135" t="s">
         <v>30</v>
       </c>
       <c r="J135" t="s">
-        <v>66</v>
+        <v>76</v>
       </c>
       <c r="K135" t="s">
-        <v>66</v>
+        <v>76</v>
       </c>
       <c r="L135"/>
       <c r="M135" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N135">
-        <v>128515</v>
+        <v>130617</v>
       </c>
       <c r="O135">
         <v>2026</v>
       </c>
       <c r="P135">
-        <v>435</v>
+        <v>431</v>
       </c>
       <c r="Q135" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="R135" t="s">
         <v>34</v>
       </c>
       <c r="S135" t="s">
         <v>37</v>
       </c>
       <c r="T135" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="U135"/>
       <c r="V135">
         <v>0</v>
       </c>
       <c r="W135" t="s">
-        <v>58</v>
+        <v>45</v>
       </c>
     </row>
     <row r="136" spans="1:104">
       <c r="A136">
-        <v>59338</v>
+        <v>59335</v>
       </c>
       <c r="B136" t="s">
         <v>23</v>
       </c>
-      <c r="C136"/>
+      <c r="C136" t="s">
+        <v>54</v>
+      </c>
       <c r="D136" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="E136" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="F136" t="s">
-        <v>150</v>
+        <v>55</v>
       </c>
       <c r="G136" t="s">
-        <v>151</v>
+        <v>56</v>
       </c>
       <c r="H136" t="s">
         <v>29</v>
       </c>
       <c r="I136" t="s">
-        <v>152</v>
+        <v>30</v>
       </c>
       <c r="J136" t="s">
-        <v>153</v>
+        <v>76</v>
       </c>
       <c r="K136" t="s">
-        <v>153</v>
+        <v>76</v>
       </c>
       <c r="L136"/>
       <c r="M136" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N136">
-        <v>130627</v>
+        <v>130618</v>
       </c>
       <c r="O136">
         <v>2026</v>
       </c>
       <c r="P136">
-        <v>5417</v>
+        <v>5412</v>
       </c>
       <c r="Q136" t="s">
         <v>38</v>
       </c>
       <c r="R136" t="s">
         <v>34</v>
       </c>
       <c r="S136" t="s">
         <v>35</v>
       </c>
       <c r="T136" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="U136"/>
       <c r="V136">
         <v>0</v>
       </c>
       <c r="W136" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="137" spans="1:104">
       <c r="A137">
-        <v>59338</v>
+        <v>58617</v>
       </c>
       <c r="B137" t="s">
         <v>23</v>
       </c>
-      <c r="C137"/>
+      <c r="C137" t="s">
+        <v>113</v>
+      </c>
       <c r="D137" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E137" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="F137" t="s">
-        <v>150</v>
+        <v>157</v>
       </c>
       <c r="G137" t="s">
-        <v>151</v>
+        <v>117</v>
       </c>
       <c r="H137" t="s">
         <v>29</v>
       </c>
       <c r="I137" t="s">
-        <v>152</v>
+        <v>30</v>
       </c>
       <c r="J137" t="s">
-        <v>153</v>
+        <v>76</v>
       </c>
       <c r="K137" t="s">
-        <v>153</v>
+        <v>76</v>
       </c>
       <c r="L137"/>
       <c r="M137" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N137">
-        <v>130628</v>
+        <v>128514</v>
       </c>
       <c r="O137">
         <v>2026</v>
       </c>
       <c r="P137">
-        <v>436</v>
+        <v>5416</v>
       </c>
       <c r="Q137" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="R137" t="s">
         <v>34</v>
       </c>
       <c r="S137" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="T137" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="U137"/>
       <c r="V137">
         <v>0</v>
       </c>
       <c r="W137" t="s">
-        <v>44</v>
+        <v>93</v>
       </c>
     </row>
     <row r="138" spans="1:104">
       <c r="A138">
         <v>58617</v>
       </c>
       <c r="B138" t="s">
         <v>23</v>
       </c>
       <c r="C138" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="D138" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E138" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="F138" t="s">
-        <v>149</v>
+        <v>157</v>
       </c>
       <c r="G138" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="H138" t="s">
         <v>29</v>
       </c>
       <c r="I138" t="s">
         <v>30</v>
       </c>
       <c r="J138" t="s">
-        <v>66</v>
+        <v>76</v>
       </c>
       <c r="K138" t="s">
-        <v>66</v>
+        <v>76</v>
       </c>
       <c r="L138"/>
       <c r="M138" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N138">
-        <v>128516</v>
+        <v>128515</v>
       </c>
       <c r="O138">
         <v>2026</v>
       </c>
       <c r="P138">
-        <v>5418</v>
+        <v>435</v>
       </c>
       <c r="Q138" t="s">
         <v>33</v>
       </c>
       <c r="R138" t="s">
         <v>34</v>
       </c>
       <c r="S138" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="T138" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="U138"/>
       <c r="V138">
         <v>0</v>
       </c>
       <c r="W138" t="s">
-        <v>58</v>
+        <v>93</v>
       </c>
     </row>
     <row r="139" spans="1:104">
       <c r="A139">
-        <v>58617</v>
+        <v>59338</v>
       </c>
       <c r="B139" t="s">
         <v>23</v>
       </c>
-      <c r="C139" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C139"/>
       <c r="D139" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E139" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="F139" t="s">
-        <v>149</v>
+        <v>158</v>
       </c>
       <c r="G139" t="s">
-        <v>111</v>
+        <v>159</v>
       </c>
       <c r="H139" t="s">
         <v>29</v>
       </c>
       <c r="I139" t="s">
         <v>30</v>
       </c>
       <c r="J139" t="s">
-        <v>66</v>
+        <v>160</v>
       </c>
       <c r="K139" t="s">
-        <v>66</v>
+        <v>160</v>
       </c>
       <c r="L139"/>
       <c r="M139" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N139">
-        <v>128517</v>
+        <v>130627</v>
       </c>
       <c r="O139">
         <v>2026</v>
       </c>
       <c r="P139">
-        <v>437</v>
+        <v>5417</v>
       </c>
       <c r="Q139" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="R139" t="s">
         <v>34</v>
       </c>
       <c r="S139" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="T139" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="U139"/>
       <c r="V139">
         <v>0</v>
       </c>
       <c r="W139" t="s">
-        <v>58</v>
+        <v>45</v>
       </c>
     </row>
     <row r="140" spans="1:104">
       <c r="A140">
         <v>59338</v>
       </c>
       <c r="B140" t="s">
         <v>23</v>
       </c>
       <c r="C140"/>
       <c r="D140" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E140" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="F140" t="s">
-        <v>150</v>
+        <v>158</v>
       </c>
       <c r="G140" t="s">
-        <v>151</v>
+        <v>159</v>
       </c>
       <c r="H140" t="s">
         <v>29</v>
       </c>
       <c r="I140" t="s">
-        <v>152</v>
+        <v>30</v>
       </c>
       <c r="J140" t="s">
-        <v>153</v>
+        <v>160</v>
       </c>
       <c r="K140" t="s">
-        <v>153</v>
+        <v>160</v>
       </c>
       <c r="L140"/>
       <c r="M140" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N140">
-        <v>130629</v>
+        <v>130628</v>
       </c>
       <c r="O140">
         <v>2026</v>
       </c>
       <c r="P140">
-        <v>5419</v>
+        <v>436</v>
       </c>
       <c r="Q140" t="s">
         <v>38</v>
       </c>
       <c r="R140" t="s">
         <v>34</v>
       </c>
       <c r="S140" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="T140" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="U140"/>
       <c r="V140">
         <v>0</v>
       </c>
       <c r="W140" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="141" spans="1:104">
       <c r="A141">
-        <v>59338</v>
+        <v>58617</v>
       </c>
       <c r="B141" t="s">
         <v>23</v>
       </c>
-      <c r="C141"/>
+      <c r="C141" t="s">
+        <v>113</v>
+      </c>
       <c r="D141" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E141" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="F141" t="s">
-        <v>150</v>
+        <v>157</v>
       </c>
       <c r="G141" t="s">
-        <v>151</v>
+        <v>117</v>
       </c>
       <c r="H141" t="s">
         <v>29</v>
       </c>
       <c r="I141" t="s">
-        <v>152</v>
+        <v>30</v>
       </c>
       <c r="J141" t="s">
-        <v>153</v>
+        <v>76</v>
       </c>
       <c r="K141" t="s">
-        <v>153</v>
+        <v>76</v>
       </c>
       <c r="L141"/>
       <c r="M141" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N141">
-        <v>130630</v>
+        <v>128516</v>
       </c>
       <c r="O141">
         <v>2026</v>
       </c>
       <c r="P141">
-        <v>438</v>
+        <v>5418</v>
       </c>
       <c r="Q141" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="R141" t="s">
         <v>34</v>
       </c>
       <c r="S141" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="T141" t="s">
-        <v>154</v>
+        <v>161</v>
       </c>
       <c r="U141"/>
       <c r="V141">
         <v>0</v>
       </c>
       <c r="W141" t="s">
-        <v>44</v>
+        <v>93</v>
       </c>
     </row>
     <row r="142" spans="1:104">
       <c r="A142">
         <v>58617</v>
       </c>
       <c r="B142" t="s">
         <v>23</v>
       </c>
       <c r="C142" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="D142" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E142" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="F142" t="s">
-        <v>149</v>
+        <v>157</v>
       </c>
       <c r="G142" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="H142" t="s">
         <v>29</v>
       </c>
       <c r="I142" t="s">
         <v>30</v>
       </c>
       <c r="J142" t="s">
-        <v>66</v>
+        <v>76</v>
       </c>
       <c r="K142" t="s">
-        <v>66</v>
+        <v>76</v>
       </c>
       <c r="L142"/>
       <c r="M142" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N142">
-        <v>128518</v>
+        <v>128517</v>
       </c>
       <c r="O142">
         <v>2026</v>
       </c>
       <c r="P142">
-        <v>5421</v>
+        <v>437</v>
       </c>
       <c r="Q142" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="R142" t="s">
         <v>34</v>
       </c>
       <c r="S142" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="T142" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="U142"/>
       <c r="V142">
         <v>0</v>
       </c>
       <c r="W142" t="s">
-        <v>58</v>
+        <v>93</v>
       </c>
     </row>
     <row r="143" spans="1:104">
       <c r="A143">
-        <v>58617</v>
+        <v>59338</v>
       </c>
       <c r="B143" t="s">
         <v>23</v>
       </c>
-      <c r="C143" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C143"/>
       <c r="D143" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E143" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="F143" t="s">
-        <v>149</v>
+        <v>158</v>
       </c>
       <c r="G143" t="s">
-        <v>111</v>
+        <v>159</v>
       </c>
       <c r="H143" t="s">
         <v>29</v>
       </c>
       <c r="I143" t="s">
         <v>30</v>
       </c>
       <c r="J143" t="s">
-        <v>66</v>
+        <v>160</v>
       </c>
       <c r="K143" t="s">
-        <v>66</v>
+        <v>160</v>
       </c>
       <c r="L143"/>
       <c r="M143" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N143">
-        <v>128519</v>
+        <v>130629</v>
       </c>
       <c r="O143">
         <v>2026</v>
       </c>
       <c r="P143">
-        <v>440</v>
+        <v>5419</v>
       </c>
       <c r="Q143" t="s">
         <v>38</v>
       </c>
       <c r="R143" t="s">
         <v>34</v>
       </c>
       <c r="S143" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="T143" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="U143"/>
       <c r="V143">
         <v>0</v>
       </c>
       <c r="W143" t="s">
-        <v>58</v>
+        <v>45</v>
       </c>
     </row>
     <row r="144" spans="1:104">
       <c r="A144">
         <v>59338</v>
       </c>
       <c r="B144" t="s">
         <v>23</v>
       </c>
       <c r="C144"/>
       <c r="D144" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E144" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="F144" t="s">
-        <v>150</v>
+        <v>158</v>
       </c>
       <c r="G144" t="s">
-        <v>151</v>
+        <v>159</v>
       </c>
       <c r="H144" t="s">
         <v>29</v>
       </c>
       <c r="I144" t="s">
-        <v>152</v>
+        <v>30</v>
       </c>
       <c r="J144" t="s">
-        <v>153</v>
+        <v>160</v>
       </c>
       <c r="K144" t="s">
-        <v>153</v>
+        <v>160</v>
       </c>
       <c r="L144"/>
       <c r="M144" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N144">
-        <v>130631</v>
+        <v>130630</v>
       </c>
       <c r="O144">
         <v>2026</v>
       </c>
       <c r="P144">
-        <v>5420</v>
+        <v>438</v>
       </c>
       <c r="Q144" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="R144" t="s">
         <v>34</v>
       </c>
       <c r="S144" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="T144" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="U144"/>
       <c r="V144">
         <v>0</v>
       </c>
       <c r="W144" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="145" spans="1:104">
       <c r="A145">
-        <v>59338</v>
+        <v>58617</v>
       </c>
       <c r="B145" t="s">
         <v>23</v>
       </c>
-      <c r="C145"/>
+      <c r="C145" t="s">
+        <v>113</v>
+      </c>
       <c r="D145" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E145" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="F145" t="s">
-        <v>150</v>
+        <v>157</v>
       </c>
       <c r="G145" t="s">
-        <v>151</v>
+        <v>117</v>
       </c>
       <c r="H145" t="s">
         <v>29</v>
       </c>
       <c r="I145" t="s">
-        <v>152</v>
+        <v>30</v>
       </c>
       <c r="J145" t="s">
-        <v>153</v>
+        <v>76</v>
       </c>
       <c r="K145" t="s">
-        <v>153</v>
+        <v>76</v>
       </c>
       <c r="L145"/>
       <c r="M145" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N145">
-        <v>130632</v>
+        <v>128518</v>
       </c>
       <c r="O145">
         <v>2026</v>
       </c>
       <c r="P145">
-        <v>439</v>
+        <v>5421</v>
       </c>
       <c r="Q145" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="R145" t="s">
         <v>34</v>
       </c>
       <c r="S145" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="T145" t="s">
-        <v>155</v>
+        <v>162</v>
       </c>
       <c r="U145"/>
       <c r="V145">
         <v>0</v>
       </c>
       <c r="W145" t="s">
-        <v>44</v>
+        <v>93</v>
       </c>
     </row>
     <row r="146" spans="1:104">
       <c r="A146">
         <v>58617</v>
       </c>
       <c r="B146" t="s">
         <v>23</v>
       </c>
       <c r="C146" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="D146" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E146" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="F146" t="s">
-        <v>149</v>
+        <v>157</v>
       </c>
       <c r="G146" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="H146" t="s">
         <v>29</v>
       </c>
       <c r="I146" t="s">
         <v>30</v>
       </c>
       <c r="J146" t="s">
-        <v>66</v>
+        <v>76</v>
       </c>
       <c r="K146" t="s">
-        <v>66</v>
+        <v>76</v>
       </c>
       <c r="L146"/>
       <c r="M146" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N146">
-        <v>128520</v>
+        <v>128519</v>
       </c>
       <c r="O146">
         <v>2026</v>
       </c>
       <c r="P146">
-        <v>5423</v>
+        <v>440</v>
       </c>
       <c r="Q146" t="s">
         <v>38</v>
       </c>
       <c r="R146" t="s">
         <v>34</v>
       </c>
       <c r="S146" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="T146" t="s">
-        <v>148</v>
+        <v>162</v>
       </c>
       <c r="U146"/>
       <c r="V146">
         <v>0</v>
       </c>
       <c r="W146" t="s">
-        <v>58</v>
+        <v>93</v>
       </c>
     </row>
     <row r="147" spans="1:104">
       <c r="A147">
-        <v>58617</v>
+        <v>59338</v>
       </c>
       <c r="B147" t="s">
         <v>23</v>
       </c>
-      <c r="C147" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C147"/>
       <c r="D147" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E147" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="F147" t="s">
-        <v>149</v>
+        <v>158</v>
       </c>
       <c r="G147" t="s">
-        <v>111</v>
+        <v>159</v>
       </c>
       <c r="H147" t="s">
         <v>29</v>
       </c>
       <c r="I147" t="s">
         <v>30</v>
       </c>
       <c r="J147" t="s">
-        <v>66</v>
+        <v>160</v>
       </c>
       <c r="K147" t="s">
-        <v>66</v>
+        <v>160</v>
       </c>
       <c r="L147"/>
       <c r="M147" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N147">
-        <v>128521</v>
+        <v>130631</v>
       </c>
       <c r="O147">
         <v>2026</v>
       </c>
       <c r="P147">
-        <v>442</v>
+        <v>5420</v>
       </c>
       <c r="Q147" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="R147" t="s">
         <v>34</v>
       </c>
       <c r="S147" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="T147" t="s">
-        <v>148</v>
+        <v>162</v>
       </c>
       <c r="U147"/>
       <c r="V147">
         <v>0</v>
       </c>
       <c r="W147" t="s">
-        <v>58</v>
+        <v>45</v>
       </c>
     </row>
     <row r="148" spans="1:104">
       <c r="A148">
         <v>59338</v>
       </c>
       <c r="B148" t="s">
         <v>23</v>
       </c>
       <c r="C148"/>
       <c r="D148" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E148" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="F148" t="s">
-        <v>150</v>
+        <v>158</v>
       </c>
       <c r="G148" t="s">
-        <v>151</v>
+        <v>159</v>
       </c>
       <c r="H148" t="s">
         <v>29</v>
       </c>
       <c r="I148" t="s">
-        <v>152</v>
+        <v>30</v>
       </c>
       <c r="J148" t="s">
-        <v>153</v>
+        <v>160</v>
       </c>
       <c r="K148" t="s">
-        <v>153</v>
+        <v>160</v>
       </c>
       <c r="L148"/>
       <c r="M148" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N148">
-        <v>130633</v>
+        <v>130632</v>
       </c>
       <c r="O148">
         <v>2026</v>
       </c>
       <c r="P148">
-        <v>5422</v>
+        <v>439</v>
       </c>
       <c r="Q148" t="s">
         <v>33</v>
       </c>
       <c r="R148" t="s">
         <v>34</v>
       </c>
       <c r="S148" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="T148" t="s">
-        <v>148</v>
+        <v>162</v>
       </c>
       <c r="U148"/>
       <c r="V148">
         <v>0</v>
       </c>
       <c r="W148" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="149" spans="1:104">
       <c r="A149">
-        <v>59338</v>
+        <v>58617</v>
       </c>
       <c r="B149" t="s">
         <v>23</v>
       </c>
-      <c r="C149"/>
+      <c r="C149" t="s">
+        <v>113</v>
+      </c>
       <c r="D149" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E149" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="F149" t="s">
-        <v>150</v>
+        <v>157</v>
       </c>
       <c r="G149" t="s">
-        <v>151</v>
+        <v>117</v>
       </c>
       <c r="H149" t="s">
         <v>29</v>
       </c>
       <c r="I149" t="s">
-        <v>152</v>
+        <v>30</v>
       </c>
       <c r="J149" t="s">
-        <v>153</v>
+        <v>76</v>
       </c>
       <c r="K149" t="s">
-        <v>153</v>
+        <v>76</v>
       </c>
       <c r="L149"/>
       <c r="M149" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N149">
-        <v>130634</v>
+        <v>128520</v>
       </c>
       <c r="O149">
         <v>2026</v>
       </c>
       <c r="P149">
-        <v>441</v>
+        <v>5423</v>
       </c>
       <c r="Q149" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="R149" t="s">
         <v>34</v>
       </c>
       <c r="S149" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="T149" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="U149"/>
       <c r="V149">
         <v>0</v>
       </c>
       <c r="W149" t="s">
-        <v>44</v>
+        <v>93</v>
       </c>
     </row>
     <row r="150" spans="1:104">
       <c r="A150">
-        <v>58618</v>
+        <v>58617</v>
       </c>
       <c r="B150" t="s">
         <v>23</v>
       </c>
-      <c r="C150"/>
+      <c r="C150" t="s">
+        <v>113</v>
+      </c>
       <c r="D150" t="s">
+        <v>155</v>
+      </c>
+      <c r="E150" t="s">
         <v>156</v>
       </c>
-      <c r="E150" t="s">
+      <c r="F150" t="s">
         <v>157</v>
       </c>
-      <c r="F150" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G150" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="H150" t="s">
-        <v>92</v>
+        <v>29</v>
       </c>
       <c r="I150" t="s">
-        <v>158</v>
+        <v>30</v>
       </c>
       <c r="J150" t="s">
-        <v>159</v>
+        <v>76</v>
       </c>
       <c r="K150" t="s">
-        <v>159</v>
+        <v>76</v>
       </c>
       <c r="L150"/>
       <c r="M150" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N150">
-        <v>128522</v>
+        <v>128521</v>
       </c>
       <c r="O150">
         <v>2026</v>
       </c>
       <c r="P150">
-        <v>5424</v>
+        <v>442</v>
       </c>
       <c r="Q150" t="s">
-        <v>121</v>
+        <v>38</v>
       </c>
       <c r="R150" t="s">
         <v>34</v>
       </c>
       <c r="S150" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="T150" t="s">
         <v>156</v>
       </c>
       <c r="U150"/>
       <c r="V150">
         <v>0</v>
       </c>
       <c r="W150" t="s">
-        <v>58</v>
+        <v>93</v>
       </c>
     </row>
     <row r="151" spans="1:104">
       <c r="A151">
-        <v>58618</v>
+        <v>59338</v>
       </c>
       <c r="B151" t="s">
         <v>23</v>
       </c>
       <c r="C151"/>
       <c r="D151" t="s">
+        <v>155</v>
+      </c>
+      <c r="E151" t="s">
         <v>156</v>
       </c>
-      <c r="E151" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F151" t="s">
-        <v>110</v>
+        <v>158</v>
       </c>
       <c r="G151" t="s">
-        <v>111</v>
+        <v>159</v>
       </c>
       <c r="H151" t="s">
-        <v>92</v>
+        <v>29</v>
       </c>
       <c r="I151" t="s">
-        <v>158</v>
+        <v>30</v>
       </c>
       <c r="J151" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="K151" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="L151"/>
       <c r="M151" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N151">
-        <v>128523</v>
+        <v>130633</v>
       </c>
       <c r="O151">
         <v>2026</v>
       </c>
       <c r="P151">
-        <v>443</v>
+        <v>5422</v>
       </c>
       <c r="Q151" t="s">
-        <v>121</v>
+        <v>33</v>
       </c>
       <c r="R151" t="s">
         <v>34</v>
       </c>
       <c r="S151" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="T151" t="s">
         <v>156</v>
       </c>
       <c r="U151"/>
       <c r="V151">
         <v>0</v>
       </c>
       <c r="W151" t="s">
-        <v>58</v>
+        <v>45</v>
       </c>
     </row>
     <row r="152" spans="1:104">
       <c r="A152">
-        <v>58618</v>
+        <v>59338</v>
       </c>
       <c r="B152" t="s">
         <v>23</v>
       </c>
       <c r="C152"/>
       <c r="D152" t="s">
+        <v>155</v>
+      </c>
+      <c r="E152" t="s">
         <v>156</v>
       </c>
-      <c r="E152" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F152" t="s">
-        <v>110</v>
+        <v>158</v>
       </c>
       <c r="G152" t="s">
-        <v>111</v>
+        <v>159</v>
       </c>
       <c r="H152" t="s">
-        <v>92</v>
+        <v>29</v>
       </c>
       <c r="I152" t="s">
-        <v>158</v>
+        <v>30</v>
       </c>
       <c r="J152" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="K152" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="L152"/>
       <c r="M152" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N152">
-        <v>128524</v>
+        <v>130634</v>
       </c>
       <c r="O152">
         <v>2026</v>
       </c>
       <c r="P152">
-        <v>5425</v>
+        <v>441</v>
       </c>
       <c r="Q152" t="s">
-        <v>121</v>
+        <v>33</v>
       </c>
       <c r="R152" t="s">
-        <v>94</v>
+        <v>34</v>
       </c>
       <c r="S152" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="T152" t="s">
         <v>156</v>
       </c>
       <c r="U152"/>
       <c r="V152">
         <v>0</v>
       </c>
       <c r="W152" t="s">
-        <v>58</v>
+        <v>45</v>
       </c>
     </row>
     <row r="153" spans="1:104">
       <c r="A153">
-        <v>58618</v>
+        <v>62432</v>
       </c>
       <c r="B153" t="s">
         <v>23</v>
       </c>
-      <c r="C153"/>
+      <c r="C153" t="s">
+        <v>79</v>
+      </c>
       <c r="D153" t="s">
-        <v>156</v>
+        <v>163</v>
       </c>
       <c r="E153" t="s">
-        <v>157</v>
+        <v>164</v>
       </c>
       <c r="F153" t="s">
-        <v>110</v>
+        <v>165</v>
       </c>
       <c r="G153" t="s">
-        <v>111</v>
+        <v>83</v>
       </c>
       <c r="H153" t="s">
-        <v>92</v>
+        <v>75</v>
       </c>
       <c r="I153" t="s">
-        <v>158</v>
+        <v>30</v>
       </c>
       <c r="J153" t="s">
-        <v>159</v>
+        <v>76</v>
       </c>
       <c r="K153" t="s">
-        <v>159</v>
+        <v>76</v>
       </c>
       <c r="L153"/>
       <c r="M153" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N153">
-        <v>128525</v>
+        <v>131213</v>
       </c>
       <c r="O153">
         <v>2026</v>
       </c>
       <c r="P153">
-        <v>444</v>
+        <v>6987</v>
       </c>
       <c r="Q153" t="s">
-        <v>121</v>
+        <v>33</v>
       </c>
       <c r="R153" t="s">
-        <v>34</v>
+        <v>77</v>
       </c>
       <c r="S153" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="T153" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
       <c r="U153"/>
       <c r="V153">
         <v>0</v>
       </c>
       <c r="W153" t="s">
-        <v>58</v>
+        <v>45</v>
       </c>
     </row>
     <row r="154" spans="1:104">
       <c r="A154">
-        <v>58618</v>
+        <v>62432</v>
       </c>
       <c r="B154" t="s">
         <v>23</v>
       </c>
-      <c r="C154"/>
+      <c r="C154" t="s">
+        <v>79</v>
+      </c>
       <c r="D154" t="s">
-        <v>156</v>
+        <v>163</v>
       </c>
       <c r="E154" t="s">
-        <v>157</v>
+        <v>164</v>
       </c>
       <c r="F154" t="s">
-        <v>110</v>
+        <v>165</v>
       </c>
       <c r="G154" t="s">
-        <v>111</v>
+        <v>83</v>
       </c>
       <c r="H154" t="s">
-        <v>92</v>
+        <v>75</v>
       </c>
       <c r="I154" t="s">
-        <v>158</v>
+        <v>30</v>
       </c>
       <c r="J154" t="s">
-        <v>159</v>
+        <v>76</v>
       </c>
       <c r="K154" t="s">
-        <v>159</v>
+        <v>76</v>
       </c>
       <c r="L154"/>
       <c r="M154" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N154">
-        <v>128526</v>
+        <v>131214</v>
       </c>
       <c r="O154">
         <v>2026</v>
       </c>
       <c r="P154">
-        <v>5426</v>
+        <v>6988</v>
       </c>
       <c r="Q154" t="s">
-        <v>121</v>
+        <v>33</v>
       </c>
       <c r="R154" t="s">
-        <v>34</v>
+        <v>77</v>
       </c>
       <c r="S154" t="s">
         <v>35</v>
       </c>
       <c r="T154" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
       <c r="U154"/>
       <c r="V154">
         <v>0</v>
       </c>
       <c r="W154" t="s">
-        <v>58</v>
+        <v>45</v>
       </c>
     </row>
     <row r="155" spans="1:104">
       <c r="A155">
-        <v>58618</v>
+        <v>62432</v>
       </c>
       <c r="B155" t="s">
         <v>23</v>
       </c>
-      <c r="C155"/>
+      <c r="C155" t="s">
+        <v>79</v>
+      </c>
       <c r="D155" t="s">
-        <v>156</v>
+        <v>163</v>
       </c>
       <c r="E155" t="s">
-        <v>157</v>
+        <v>164</v>
       </c>
       <c r="F155" t="s">
-        <v>110</v>
+        <v>165</v>
       </c>
       <c r="G155" t="s">
-        <v>111</v>
+        <v>83</v>
       </c>
       <c r="H155" t="s">
-        <v>92</v>
+        <v>75</v>
       </c>
       <c r="I155" t="s">
-        <v>158</v>
+        <v>30</v>
       </c>
       <c r="J155" t="s">
-        <v>159</v>
+        <v>76</v>
       </c>
       <c r="K155" t="s">
-        <v>159</v>
+        <v>76</v>
       </c>
       <c r="L155"/>
       <c r="M155" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N155">
-        <v>128527</v>
+        <v>131215</v>
       </c>
       <c r="O155">
         <v>2026</v>
       </c>
       <c r="P155">
-        <v>445</v>
+        <v>2058</v>
       </c>
       <c r="Q155" t="s">
-        <v>121</v>
+        <v>33</v>
       </c>
       <c r="R155" t="s">
-        <v>94</v>
+        <v>77</v>
       </c>
       <c r="S155" t="s">
         <v>37</v>
       </c>
       <c r="T155" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
       <c r="U155"/>
       <c r="V155">
         <v>0</v>
       </c>
       <c r="W155" t="s">
-        <v>58</v>
+        <v>45</v>
       </c>
     </row>
     <row r="156" spans="1:104">
       <c r="A156">
-        <v>59083</v>
+        <v>62432</v>
       </c>
       <c r="B156" t="s">
         <v>23</v>
       </c>
       <c r="C156" t="s">
-        <v>160</v>
+        <v>79</v>
       </c>
       <c r="D156" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="E156" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="F156" t="s">
-        <v>128</v>
+        <v>165</v>
       </c>
       <c r="G156" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="H156" t="s">
-        <v>29</v>
+        <v>75</v>
       </c>
       <c r="I156" t="s">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="J156" t="s">
-        <v>33</v>
+        <v>76</v>
       </c>
       <c r="K156" t="s">
-        <v>33</v>
+        <v>76</v>
       </c>
       <c r="L156"/>
       <c r="M156" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N156">
-        <v>129781</v>
+        <v>131216</v>
       </c>
       <c r="O156">
         <v>2026</v>
       </c>
       <c r="P156">
-        <v>5427</v>
+        <v>2059</v>
       </c>
       <c r="Q156" t="s">
         <v>33</v>
       </c>
       <c r="R156" t="s">
-        <v>34</v>
+        <v>77</v>
       </c>
       <c r="S156" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="T156" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="U156"/>
       <c r="V156">
         <v>0</v>
       </c>
       <c r="W156" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="157" spans="1:104">
       <c r="A157">
-        <v>59083</v>
+        <v>58618</v>
       </c>
       <c r="B157" t="s">
         <v>23</v>
       </c>
-      <c r="C157" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C157"/>
       <c r="D157" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="E157" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="F157" t="s">
-        <v>128</v>
+        <v>116</v>
       </c>
       <c r="G157" t="s">
-        <v>80</v>
+        <v>117</v>
       </c>
       <c r="H157" t="s">
-        <v>29</v>
+        <v>99</v>
       </c>
       <c r="I157" t="s">
-        <v>50</v>
+        <v>167</v>
       </c>
       <c r="J157" t="s">
-        <v>33</v>
+        <v>168</v>
       </c>
       <c r="K157" t="s">
-        <v>33</v>
+        <v>168</v>
       </c>
       <c r="L157"/>
       <c r="M157" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N157">
-        <v>129782</v>
+        <v>128522</v>
       </c>
       <c r="O157">
         <v>2026</v>
       </c>
       <c r="P157">
-        <v>446</v>
+        <v>5424</v>
       </c>
       <c r="Q157" t="s">
-        <v>33</v>
+        <v>128</v>
       </c>
       <c r="R157" t="s">
         <v>34</v>
       </c>
       <c r="S157" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="T157" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="U157"/>
       <c r="V157">
         <v>0</v>
       </c>
       <c r="W157" t="s">
-        <v>44</v>
+        <v>93</v>
       </c>
     </row>
     <row r="158" spans="1:104">
       <c r="A158">
-        <v>59224</v>
+        <v>58618</v>
       </c>
       <c r="B158" t="s">
         <v>23</v>
       </c>
-      <c r="C158" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C158"/>
       <c r="D158" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="E158" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="F158" t="s">
-        <v>96</v>
+        <v>116</v>
       </c>
       <c r="G158" t="s">
-        <v>80</v>
+        <v>117</v>
       </c>
       <c r="H158" t="s">
-        <v>29</v>
+        <v>99</v>
       </c>
       <c r="I158" t="s">
-        <v>56</v>
+        <v>167</v>
       </c>
       <c r="J158" t="s">
-        <v>38</v>
+        <v>168</v>
       </c>
       <c r="K158" t="s">
-        <v>38</v>
+        <v>168</v>
       </c>
       <c r="L158"/>
       <c r="M158" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N158">
-        <v>130205</v>
+        <v>128523</v>
       </c>
       <c r="O158">
         <v>2026</v>
       </c>
       <c r="P158">
-        <v>5428</v>
+        <v>443</v>
       </c>
       <c r="Q158" t="s">
-        <v>38</v>
+        <v>128</v>
       </c>
       <c r="R158" t="s">
         <v>34</v>
       </c>
       <c r="S158" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="T158" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="U158"/>
       <c r="V158">
         <v>0</v>
       </c>
       <c r="W158" t="s">
-        <v>44</v>
+        <v>93</v>
       </c>
     </row>
     <row r="159" spans="1:104">
       <c r="A159">
-        <v>59224</v>
+        <v>58618</v>
       </c>
       <c r="B159" t="s">
         <v>23</v>
       </c>
-      <c r="C159" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C159"/>
       <c r="D159" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="E159" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="F159" t="s">
-        <v>96</v>
+        <v>116</v>
       </c>
       <c r="G159" t="s">
-        <v>80</v>
+        <v>117</v>
       </c>
       <c r="H159" t="s">
-        <v>29</v>
+        <v>99</v>
       </c>
       <c r="I159" t="s">
-        <v>56</v>
+        <v>167</v>
       </c>
       <c r="J159" t="s">
-        <v>38</v>
+        <v>168</v>
       </c>
       <c r="K159" t="s">
-        <v>38</v>
+        <v>168</v>
       </c>
       <c r="L159"/>
       <c r="M159" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N159">
-        <v>130206</v>
+        <v>128524</v>
       </c>
       <c r="O159">
         <v>2026</v>
       </c>
       <c r="P159">
-        <v>447</v>
+        <v>5425</v>
       </c>
       <c r="Q159" t="s">
-        <v>38</v>
+        <v>128</v>
       </c>
       <c r="R159" t="s">
-        <v>34</v>
+        <v>101</v>
       </c>
       <c r="S159" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="T159" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="U159"/>
       <c r="V159">
         <v>0</v>
       </c>
       <c r="W159" t="s">
-        <v>44</v>
+        <v>93</v>
       </c>
     </row>
     <row r="160" spans="1:104">
       <c r="A160">
-        <v>59084</v>
+        <v>62432</v>
       </c>
       <c r="B160" t="s">
         <v>23</v>
       </c>
       <c r="C160" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="D160" t="s">
         <v>163</v>
       </c>
       <c r="E160" t="s">
         <v>164</v>
       </c>
       <c r="F160" t="s">
         <v>165</v>
       </c>
       <c r="G160" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="H160" t="s">
-        <v>29</v>
+        <v>75</v>
       </c>
       <c r="I160" t="s">
-        <v>56</v>
+        <v>30</v>
       </c>
       <c r="J160" t="s">
-        <v>57</v>
+        <v>76</v>
       </c>
       <c r="K160" t="s">
-        <v>57</v>
+        <v>76</v>
       </c>
       <c r="L160"/>
       <c r="M160" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N160">
-        <v>129783</v>
+        <v>131217</v>
       </c>
       <c r="O160">
         <v>2026</v>
       </c>
       <c r="P160">
-        <v>5429</v>
+        <v>6989</v>
       </c>
       <c r="Q160" t="s">
         <v>38</v>
       </c>
       <c r="R160" t="s">
         <v>34</v>
       </c>
       <c r="S160" t="s">
         <v>35</v>
       </c>
       <c r="T160" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="U160"/>
       <c r="V160">
         <v>0</v>
       </c>
       <c r="W160" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="161" spans="1:104">
       <c r="A161">
-        <v>59084</v>
+        <v>62432</v>
       </c>
       <c r="B161" t="s">
         <v>23</v>
       </c>
       <c r="C161" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="D161" t="s">
         <v>163</v>
       </c>
       <c r="E161" t="s">
         <v>164</v>
       </c>
       <c r="F161" t="s">
         <v>165</v>
       </c>
       <c r="G161" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="H161" t="s">
-        <v>29</v>
+        <v>75</v>
       </c>
       <c r="I161" t="s">
-        <v>56</v>
+        <v>30</v>
       </c>
       <c r="J161" t="s">
-        <v>57</v>
+        <v>76</v>
       </c>
       <c r="K161" t="s">
-        <v>57</v>
+        <v>76</v>
       </c>
       <c r="L161"/>
       <c r="M161" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N161">
-        <v>129784</v>
+        <v>131218</v>
       </c>
       <c r="O161">
         <v>2026</v>
       </c>
       <c r="P161">
-        <v>448</v>
+        <v>6990</v>
       </c>
       <c r="Q161" t="s">
         <v>38</v>
       </c>
       <c r="R161" t="s">
         <v>34</v>
       </c>
       <c r="S161" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="T161" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="U161"/>
       <c r="V161">
         <v>0</v>
       </c>
       <c r="W161" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="162" spans="1:104">
       <c r="A162">
-        <v>59084</v>
+        <v>62432</v>
       </c>
       <c r="B162" t="s">
         <v>23</v>
       </c>
       <c r="C162" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="D162" t="s">
         <v>163</v>
       </c>
       <c r="E162" t="s">
         <v>164</v>
       </c>
       <c r="F162" t="s">
         <v>165</v>
       </c>
       <c r="G162" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="H162" t="s">
-        <v>29</v>
+        <v>75</v>
       </c>
       <c r="I162" t="s">
-        <v>56</v>
+        <v>30</v>
       </c>
       <c r="J162" t="s">
-        <v>57</v>
+        <v>76</v>
       </c>
       <c r="K162" t="s">
-        <v>57</v>
+        <v>76</v>
       </c>
       <c r="L162"/>
       <c r="M162" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N162">
-        <v>129785</v>
+        <v>131219</v>
       </c>
       <c r="O162">
         <v>2026</v>
       </c>
       <c r="P162">
-        <v>5430</v>
+        <v>2060</v>
       </c>
       <c r="Q162" t="s">
         <v>38</v>
       </c>
       <c r="R162" t="s">
         <v>34</v>
       </c>
       <c r="S162" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="T162" t="s">
         <v>164</v>
       </c>
       <c r="U162"/>
       <c r="V162">
         <v>0</v>
       </c>
       <c r="W162" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="163" spans="1:104">
       <c r="A163">
-        <v>59084</v>
+        <v>62432</v>
       </c>
       <c r="B163" t="s">
         <v>23</v>
       </c>
       <c r="C163" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="D163" t="s">
         <v>163</v>
       </c>
       <c r="E163" t="s">
         <v>164</v>
       </c>
       <c r="F163" t="s">
         <v>165</v>
       </c>
       <c r="G163" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="H163" t="s">
-        <v>29</v>
+        <v>75</v>
       </c>
       <c r="I163" t="s">
-        <v>56</v>
+        <v>30</v>
       </c>
       <c r="J163" t="s">
-        <v>57</v>
+        <v>76</v>
       </c>
       <c r="K163" t="s">
-        <v>57</v>
+        <v>76</v>
       </c>
       <c r="L163"/>
       <c r="M163" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N163">
-        <v>129786</v>
+        <v>131220</v>
       </c>
       <c r="O163">
         <v>2026</v>
       </c>
       <c r="P163">
-        <v>449</v>
+        <v>2061</v>
       </c>
       <c r="Q163" t="s">
         <v>38</v>
       </c>
       <c r="R163" t="s">
         <v>34</v>
       </c>
       <c r="S163" t="s">
         <v>37</v>
       </c>
       <c r="T163" t="s">
         <v>164</v>
       </c>
       <c r="U163"/>
       <c r="V163">
         <v>0</v>
       </c>
       <c r="W163" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="164" spans="1:104">
       <c r="A164">
-        <v>59086</v>
+        <v>58618</v>
       </c>
       <c r="B164" t="s">
         <v>23</v>
       </c>
-      <c r="C164" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C164"/>
       <c r="D164" t="s">
+        <v>164</v>
+      </c>
+      <c r="E164" t="s">
         <v>166</v>
       </c>
-      <c r="E164" t="s">
+      <c r="F164" t="s">
+        <v>116</v>
+      </c>
+      <c r="G164" t="s">
+        <v>117</v>
+      </c>
+      <c r="H164" t="s">
+        <v>99</v>
+      </c>
+      <c r="I164" t="s">
         <v>167</v>
       </c>
-      <c r="F164" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J164" t="s">
-        <v>51</v>
+        <v>168</v>
       </c>
       <c r="K164" t="s">
-        <v>51</v>
+        <v>168</v>
       </c>
       <c r="L164"/>
       <c r="M164" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N164">
-        <v>129788</v>
+        <v>128525</v>
       </c>
       <c r="O164">
         <v>2026</v>
       </c>
       <c r="P164">
-        <v>5431</v>
+        <v>444</v>
       </c>
       <c r="Q164" t="s">
-        <v>33</v>
+        <v>128</v>
       </c>
       <c r="R164" t="s">
         <v>34</v>
       </c>
       <c r="S164" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="T164" t="s">
         <v>166</v>
       </c>
       <c r="U164"/>
       <c r="V164">
         <v>0</v>
       </c>
       <c r="W164" t="s">
-        <v>44</v>
+        <v>93</v>
       </c>
     </row>
     <row r="165" spans="1:104">
       <c r="A165">
-        <v>59086</v>
+        <v>58618</v>
       </c>
       <c r="B165" t="s">
         <v>23</v>
       </c>
-      <c r="C165" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C165"/>
       <c r="D165" t="s">
+        <v>164</v>
+      </c>
+      <c r="E165" t="s">
         <v>166</v>
       </c>
-      <c r="E165" t="s">
+      <c r="F165" t="s">
+        <v>116</v>
+      </c>
+      <c r="G165" t="s">
+        <v>117</v>
+      </c>
+      <c r="H165" t="s">
+        <v>99</v>
+      </c>
+      <c r="I165" t="s">
         <v>167</v>
       </c>
-      <c r="F165" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J165" t="s">
-        <v>51</v>
+        <v>168</v>
       </c>
       <c r="K165" t="s">
-        <v>51</v>
+        <v>168</v>
       </c>
       <c r="L165"/>
       <c r="M165" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N165">
-        <v>129790</v>
+        <v>128526</v>
       </c>
       <c r="O165">
         <v>2026</v>
       </c>
       <c r="P165">
-        <v>450</v>
+        <v>5426</v>
       </c>
       <c r="Q165" t="s">
-        <v>33</v>
+        <v>128</v>
       </c>
       <c r="R165" t="s">
         <v>34</v>
       </c>
       <c r="S165" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="T165" t="s">
         <v>166</v>
       </c>
       <c r="U165"/>
       <c r="V165">
         <v>0</v>
       </c>
       <c r="W165" t="s">
-        <v>44</v>
+        <v>93</v>
       </c>
     </row>
     <row r="166" spans="1:104">
       <c r="A166">
-        <v>58619</v>
+        <v>58618</v>
       </c>
       <c r="B166" t="s">
         <v>23</v>
       </c>
-      <c r="C166" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C166"/>
       <c r="D166" t="s">
+        <v>164</v>
+      </c>
+      <c r="E166" t="s">
+        <v>166</v>
+      </c>
+      <c r="F166" t="s">
+        <v>116</v>
+      </c>
+      <c r="G166" t="s">
+        <v>117</v>
+      </c>
+      <c r="H166" t="s">
+        <v>99</v>
+      </c>
+      <c r="I166" t="s">
         <v>167</v>
       </c>
-      <c r="E166" t="s">
+      <c r="J166" t="s">
         <v>168</v>
       </c>
-      <c r="F166" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="K166" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="L166"/>
       <c r="M166" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N166">
-        <v>128528</v>
+        <v>128527</v>
       </c>
       <c r="O166">
         <v>2026</v>
       </c>
       <c r="P166">
-        <v>5433</v>
+        <v>445</v>
       </c>
       <c r="Q166" t="s">
-        <v>115</v>
+        <v>128</v>
       </c>
       <c r="R166" t="s">
-        <v>116</v>
+        <v>101</v>
       </c>
       <c r="S166" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="T166" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="U166"/>
       <c r="V166">
         <v>0</v>
       </c>
       <c r="W166" t="s">
-        <v>58</v>
+        <v>93</v>
       </c>
     </row>
     <row r="167" spans="1:104">
       <c r="A167">
-        <v>58619</v>
+        <v>62433</v>
       </c>
       <c r="B167" t="s">
         <v>23</v>
       </c>
       <c r="C167" t="s">
-        <v>107</v>
+        <v>79</v>
       </c>
       <c r="D167" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="E167" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="F167" t="s">
         <v>169</v>
       </c>
       <c r="G167" t="s">
-        <v>111</v>
+        <v>83</v>
       </c>
       <c r="H167" t="s">
-        <v>112</v>
+        <v>29</v>
       </c>
       <c r="I167" t="s">
-        <v>170</v>
+        <v>57</v>
       </c>
       <c r="J167" t="s">
-        <v>171</v>
+        <v>58</v>
       </c>
       <c r="K167" t="s">
-        <v>171</v>
+        <v>58</v>
       </c>
       <c r="L167"/>
       <c r="M167" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N167">
-        <v>128529</v>
+        <v>131221</v>
       </c>
       <c r="O167">
         <v>2026</v>
       </c>
       <c r="P167">
-        <v>452</v>
+        <v>6991</v>
       </c>
       <c r="Q167" t="s">
-        <v>115</v>
+        <v>38</v>
       </c>
       <c r="R167" t="s">
-        <v>116</v>
+        <v>34</v>
       </c>
       <c r="S167" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="T167" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="U167"/>
       <c r="V167">
         <v>0</v>
       </c>
       <c r="W167" t="s">
-        <v>58</v>
+        <v>45</v>
       </c>
     </row>
     <row r="168" spans="1:104">
       <c r="A168">
-        <v>58619</v>
+        <v>62433</v>
       </c>
       <c r="B168" t="s">
         <v>23</v>
       </c>
       <c r="C168" t="s">
-        <v>107</v>
+        <v>79</v>
       </c>
       <c r="D168" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="E168" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="F168" t="s">
         <v>169</v>
       </c>
       <c r="G168" t="s">
-        <v>111</v>
+        <v>83</v>
       </c>
       <c r="H168" t="s">
-        <v>112</v>
+        <v>29</v>
       </c>
       <c r="I168" t="s">
-        <v>170</v>
+        <v>57</v>
       </c>
       <c r="J168" t="s">
-        <v>171</v>
+        <v>58</v>
       </c>
       <c r="K168" t="s">
-        <v>171</v>
+        <v>58</v>
       </c>
       <c r="L168"/>
       <c r="M168" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N168">
-        <v>128530</v>
+        <v>131222</v>
       </c>
       <c r="O168">
         <v>2026</v>
       </c>
       <c r="P168">
-        <v>5434</v>
+        <v>6992</v>
       </c>
       <c r="Q168" t="s">
-        <v>115</v>
+        <v>38</v>
       </c>
       <c r="R168" t="s">
-        <v>116</v>
+        <v>34</v>
       </c>
       <c r="S168" t="s">
         <v>35</v>
       </c>
       <c r="T168" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="U168"/>
       <c r="V168">
         <v>0</v>
       </c>
       <c r="W168" t="s">
-        <v>58</v>
+        <v>45</v>
       </c>
     </row>
     <row r="169" spans="1:104">
       <c r="A169">
-        <v>58619</v>
+        <v>62433</v>
       </c>
       <c r="B169" t="s">
         <v>23</v>
       </c>
       <c r="C169" t="s">
-        <v>107</v>
+        <v>79</v>
       </c>
       <c r="D169" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="E169" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="F169" t="s">
         <v>169</v>
       </c>
       <c r="G169" t="s">
-        <v>111</v>
+        <v>83</v>
       </c>
       <c r="H169" t="s">
-        <v>112</v>
+        <v>29</v>
       </c>
       <c r="I169" t="s">
-        <v>170</v>
+        <v>57</v>
       </c>
       <c r="J169" t="s">
-        <v>171</v>
+        <v>58</v>
       </c>
       <c r="K169" t="s">
-        <v>171</v>
+        <v>58</v>
       </c>
       <c r="L169"/>
       <c r="M169" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N169">
-        <v>128531</v>
+        <v>131223</v>
       </c>
       <c r="O169">
         <v>2026</v>
       </c>
       <c r="P169">
-        <v>453</v>
+        <v>2062</v>
       </c>
       <c r="Q169" t="s">
-        <v>115</v>
+        <v>38</v>
       </c>
       <c r="R169" t="s">
-        <v>116</v>
+        <v>34</v>
       </c>
       <c r="S169" t="s">
         <v>37</v>
       </c>
       <c r="T169" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="U169"/>
       <c r="V169">
         <v>0</v>
       </c>
       <c r="W169" t="s">
-        <v>58</v>
+        <v>45</v>
       </c>
     </row>
     <row r="170" spans="1:104">
       <c r="A170">
-        <v>59086</v>
+        <v>62433</v>
       </c>
       <c r="B170" t="s">
         <v>23</v>
       </c>
       <c r="C170" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="D170" t="s">
         <v>166</v>
       </c>
       <c r="E170" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="F170" t="s">
-        <v>128</v>
+        <v>169</v>
       </c>
       <c r="G170" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="H170" t="s">
         <v>29</v>
       </c>
       <c r="I170" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="J170" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="K170" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="L170"/>
       <c r="M170" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N170">
-        <v>129791</v>
+        <v>131224</v>
       </c>
       <c r="O170">
         <v>2026</v>
       </c>
       <c r="P170">
-        <v>5432</v>
+        <v>2063</v>
       </c>
       <c r="Q170" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="R170" t="s">
         <v>34</v>
       </c>
       <c r="S170" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="T170" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="U170"/>
       <c r="V170">
         <v>0</v>
       </c>
       <c r="W170" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="171" spans="1:104">
       <c r="A171">
-        <v>59086</v>
+        <v>59083</v>
       </c>
       <c r="B171" t="s">
         <v>23</v>
       </c>
       <c r="C171" t="s">
-        <v>76</v>
+        <v>170</v>
       </c>
       <c r="D171" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="E171" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="F171" t="s">
-        <v>128</v>
+        <v>135</v>
       </c>
       <c r="G171" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="H171" t="s">
         <v>29</v>
       </c>
       <c r="I171" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="J171" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="K171" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="L171"/>
       <c r="M171" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N171">
-        <v>129793</v>
+        <v>129781</v>
       </c>
       <c r="O171">
         <v>2026</v>
       </c>
       <c r="P171">
-        <v>451</v>
+        <v>5427</v>
       </c>
       <c r="Q171" t="s">
         <v>33</v>
       </c>
       <c r="R171" t="s">
         <v>34</v>
       </c>
       <c r="S171" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="T171" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="U171"/>
       <c r="V171">
         <v>0</v>
       </c>
       <c r="W171" t="s">
-        <v>44</v>
+        <v>84</v>
       </c>
     </row>
     <row r="172" spans="1:104">
       <c r="A172">
-        <v>58619</v>
+        <v>59083</v>
       </c>
       <c r="B172" t="s">
         <v>23</v>
       </c>
       <c r="C172" t="s">
-        <v>107</v>
+        <v>170</v>
       </c>
       <c r="D172" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="E172" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="F172" t="s">
-        <v>169</v>
+        <v>135</v>
       </c>
       <c r="G172" t="s">
-        <v>111</v>
+        <v>83</v>
       </c>
       <c r="H172" t="s">
-        <v>112</v>
+        <v>29</v>
       </c>
       <c r="I172" t="s">
-        <v>170</v>
+        <v>51</v>
       </c>
       <c r="J172" t="s">
-        <v>171</v>
+        <v>33</v>
       </c>
       <c r="K172" t="s">
-        <v>171</v>
+        <v>33</v>
       </c>
       <c r="L172"/>
       <c r="M172" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N172">
-        <v>128532</v>
+        <v>129782</v>
       </c>
       <c r="O172">
         <v>2026</v>
       </c>
       <c r="P172">
-        <v>5435</v>
+        <v>446</v>
       </c>
       <c r="Q172" t="s">
-        <v>115</v>
+        <v>33</v>
       </c>
       <c r="R172" t="s">
         <v>34</v>
       </c>
       <c r="S172" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="T172" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="U172"/>
       <c r="V172">
         <v>0</v>
       </c>
       <c r="W172" t="s">
-        <v>58</v>
+        <v>84</v>
       </c>
     </row>
     <row r="173" spans="1:104">
       <c r="A173">
-        <v>58619</v>
+        <v>59224</v>
       </c>
       <c r="B173" t="s">
         <v>23</v>
       </c>
       <c r="C173" t="s">
-        <v>107</v>
+        <v>170</v>
       </c>
       <c r="D173" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="E173" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="F173" t="s">
-        <v>169</v>
+        <v>104</v>
       </c>
       <c r="G173" t="s">
-        <v>111</v>
+        <v>83</v>
       </c>
       <c r="H173" t="s">
-        <v>112</v>
+        <v>29</v>
       </c>
       <c r="I173" t="s">
-        <v>170</v>
+        <v>57</v>
       </c>
       <c r="J173" t="s">
-        <v>171</v>
+        <v>38</v>
       </c>
       <c r="K173" t="s">
-        <v>171</v>
+        <v>38</v>
       </c>
       <c r="L173"/>
       <c r="M173" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N173">
-        <v>128533</v>
+        <v>130205</v>
       </c>
       <c r="O173">
         <v>2026</v>
       </c>
       <c r="P173">
-        <v>454</v>
+        <v>5428</v>
       </c>
       <c r="Q173" t="s">
-        <v>115</v>
+        <v>38</v>
       </c>
       <c r="R173" t="s">
         <v>34</v>
       </c>
       <c r="S173" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="T173" t="s">
         <v>172</v>
       </c>
       <c r="U173"/>
       <c r="V173">
         <v>0</v>
       </c>
       <c r="W173" t="s">
-        <v>58</v>
+        <v>84</v>
       </c>
     </row>
     <row r="174" spans="1:104">
       <c r="A174">
-        <v>58619</v>
+        <v>59224</v>
       </c>
       <c r="B174" t="s">
         <v>23</v>
       </c>
       <c r="C174" t="s">
-        <v>107</v>
+        <v>170</v>
       </c>
       <c r="D174" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="E174" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="F174" t="s">
-        <v>169</v>
+        <v>104</v>
       </c>
       <c r="G174" t="s">
-        <v>111</v>
+        <v>83</v>
       </c>
       <c r="H174" t="s">
-        <v>112</v>
+        <v>29</v>
       </c>
       <c r="I174" t="s">
-        <v>170</v>
+        <v>57</v>
       </c>
       <c r="J174" t="s">
-        <v>171</v>
+        <v>38</v>
       </c>
       <c r="K174" t="s">
-        <v>171</v>
+        <v>38</v>
       </c>
       <c r="L174"/>
       <c r="M174" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N174">
-        <v>128534</v>
+        <v>130206</v>
       </c>
       <c r="O174">
         <v>2026</v>
       </c>
       <c r="P174">
-        <v>5436</v>
+        <v>447</v>
       </c>
       <c r="Q174" t="s">
-        <v>115</v>
+        <v>38</v>
       </c>
       <c r="R174" t="s">
         <v>34</v>
       </c>
       <c r="S174" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="T174" t="s">
         <v>172</v>
       </c>
       <c r="U174"/>
       <c r="V174">
         <v>0</v>
       </c>
       <c r="W174" t="s">
-        <v>58</v>
+        <v>84</v>
       </c>
     </row>
     <row r="175" spans="1:104">
       <c r="A175">
-        <v>58619</v>
+        <v>59336</v>
       </c>
       <c r="B175" t="s">
         <v>23</v>
       </c>
       <c r="C175" t="s">
-        <v>107</v>
+        <v>54</v>
       </c>
       <c r="D175" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="E175" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="F175" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="G175" t="s">
-        <v>111</v>
+        <v>56</v>
       </c>
       <c r="H175" t="s">
-        <v>112</v>
+        <v>29</v>
       </c>
       <c r="I175" t="s">
-        <v>170</v>
+        <v>57</v>
       </c>
       <c r="J175" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="K175" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="L175"/>
       <c r="M175" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N175">
-        <v>128535</v>
+        <v>131229</v>
       </c>
       <c r="O175">
         <v>2026</v>
       </c>
       <c r="P175">
-        <v>455</v>
+        <v>2065</v>
       </c>
       <c r="Q175" t="s">
-        <v>115</v>
+        <v>38</v>
       </c>
       <c r="R175" t="s">
         <v>34</v>
       </c>
       <c r="S175" t="s">
         <v>37</v>
       </c>
       <c r="T175" t="s">
         <v>172</v>
       </c>
       <c r="U175"/>
       <c r="V175">
         <v>0</v>
       </c>
       <c r="W175" t="s">
-        <v>58</v>
+        <v>45</v>
       </c>
     </row>
     <row r="176" spans="1:104">
       <c r="A176">
-        <v>58619</v>
+        <v>59336</v>
       </c>
       <c r="B176" t="s">
         <v>23</v>
       </c>
       <c r="C176" t="s">
-        <v>107</v>
+        <v>54</v>
       </c>
       <c r="D176" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="E176" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="F176" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="G176" t="s">
-        <v>111</v>
+        <v>56</v>
       </c>
       <c r="H176" t="s">
-        <v>112</v>
+        <v>29</v>
       </c>
       <c r="I176" t="s">
-        <v>170</v>
+        <v>57</v>
       </c>
       <c r="J176" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="K176" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="L176"/>
       <c r="M176" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N176">
-        <v>128536</v>
+        <v>131230</v>
       </c>
       <c r="O176">
         <v>2026</v>
       </c>
       <c r="P176">
-        <v>5437</v>
+        <v>6995</v>
       </c>
       <c r="Q176" t="s">
-        <v>121</v>
+        <v>38</v>
       </c>
       <c r="R176" t="s">
         <v>34</v>
       </c>
       <c r="S176" t="s">
         <v>35</v>
       </c>
       <c r="T176" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="U176"/>
       <c r="V176">
         <v>0</v>
       </c>
       <c r="W176" t="s">
-        <v>58</v>
+        <v>45</v>
       </c>
     </row>
     <row r="177" spans="1:104">
       <c r="A177">
-        <v>58619</v>
+        <v>59336</v>
       </c>
       <c r="B177" t="s">
         <v>23</v>
       </c>
       <c r="C177" t="s">
-        <v>107</v>
+        <v>54</v>
       </c>
       <c r="D177" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="E177" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="F177" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="G177" t="s">
-        <v>111</v>
+        <v>56</v>
       </c>
       <c r="H177" t="s">
-        <v>112</v>
+        <v>29</v>
       </c>
       <c r="I177" t="s">
-        <v>170</v>
+        <v>57</v>
       </c>
       <c r="J177" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="K177" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="L177"/>
       <c r="M177" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N177">
-        <v>128537</v>
+        <v>131231</v>
       </c>
       <c r="O177">
         <v>2026</v>
       </c>
       <c r="P177">
-        <v>456</v>
+        <v>6996</v>
       </c>
       <c r="Q177" t="s">
-        <v>121</v>
+        <v>38</v>
       </c>
       <c r="R177" t="s">
         <v>34</v>
       </c>
       <c r="S177" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="T177" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="U177"/>
       <c r="V177">
         <v>0</v>
       </c>
       <c r="W177" t="s">
-        <v>58</v>
+        <v>45</v>
       </c>
     </row>
     <row r="178" spans="1:104">
       <c r="A178">
-        <v>58619</v>
+        <v>59336</v>
       </c>
       <c r="B178" t="s">
         <v>23</v>
       </c>
       <c r="C178" t="s">
-        <v>107</v>
+        <v>54</v>
       </c>
       <c r="D178" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="E178" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="F178" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="G178" t="s">
-        <v>111</v>
+        <v>56</v>
       </c>
       <c r="H178" t="s">
-        <v>112</v>
+        <v>29</v>
       </c>
       <c r="I178" t="s">
-        <v>170</v>
+        <v>57</v>
       </c>
       <c r="J178" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="K178" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="L178"/>
       <c r="M178" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N178">
-        <v>128538</v>
+        <v>131232</v>
       </c>
       <c r="O178">
         <v>2026</v>
       </c>
       <c r="P178">
-        <v>5438</v>
+        <v>2066</v>
       </c>
       <c r="Q178" t="s">
-        <v>121</v>
+        <v>38</v>
       </c>
       <c r="R178" t="s">
         <v>34</v>
       </c>
       <c r="S178" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="T178" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="U178"/>
       <c r="V178">
         <v>0</v>
       </c>
       <c r="W178" t="s">
-        <v>58</v>
+        <v>45</v>
       </c>
     </row>
     <row r="179" spans="1:104">
       <c r="A179">
-        <v>58619</v>
+        <v>59084</v>
       </c>
       <c r="B179" t="s">
         <v>23</v>
       </c>
       <c r="C179" t="s">
-        <v>107</v>
+        <v>79</v>
       </c>
       <c r="D179" t="s">
-        <v>167</v>
+        <v>173</v>
       </c>
       <c r="E179" t="s">
-        <v>168</v>
+        <v>176</v>
       </c>
       <c r="F179" t="s">
-        <v>169</v>
+        <v>177</v>
       </c>
       <c r="G179" t="s">
-        <v>111</v>
+        <v>83</v>
       </c>
       <c r="H179" t="s">
-        <v>112</v>
+        <v>29</v>
       </c>
       <c r="I179" t="s">
-        <v>170</v>
+        <v>57</v>
       </c>
       <c r="J179" t="s">
-        <v>171</v>
+        <v>58</v>
       </c>
       <c r="K179" t="s">
-        <v>171</v>
+        <v>58</v>
       </c>
       <c r="L179"/>
       <c r="M179" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N179">
-        <v>128539</v>
+        <v>129783</v>
       </c>
       <c r="O179">
         <v>2026</v>
       </c>
       <c r="P179">
-        <v>457</v>
+        <v>5429</v>
       </c>
       <c r="Q179" t="s">
-        <v>121</v>
+        <v>38</v>
       </c>
       <c r="R179" t="s">
         <v>34</v>
       </c>
       <c r="S179" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="T179" t="s">
         <v>173</v>
       </c>
       <c r="U179"/>
       <c r="V179">
         <v>0</v>
       </c>
       <c r="W179" t="s">
-        <v>58</v>
+        <v>84</v>
       </c>
     </row>
     <row r="180" spans="1:104">
       <c r="A180">
-        <v>58619</v>
+        <v>59084</v>
       </c>
       <c r="B180" t="s">
         <v>23</v>
       </c>
       <c r="C180" t="s">
-        <v>107</v>
+        <v>79</v>
       </c>
       <c r="D180" t="s">
-        <v>167</v>
+        <v>173</v>
       </c>
       <c r="E180" t="s">
-        <v>168</v>
+        <v>176</v>
       </c>
       <c r="F180" t="s">
-        <v>169</v>
+        <v>177</v>
       </c>
       <c r="G180" t="s">
-        <v>111</v>
+        <v>83</v>
       </c>
       <c r="H180" t="s">
-        <v>112</v>
+        <v>29</v>
       </c>
       <c r="I180" t="s">
-        <v>170</v>
+        <v>57</v>
       </c>
       <c r="J180" t="s">
-        <v>171</v>
+        <v>58</v>
       </c>
       <c r="K180" t="s">
-        <v>171</v>
+        <v>58</v>
       </c>
       <c r="L180"/>
       <c r="M180" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N180">
-        <v>128540</v>
+        <v>129784</v>
       </c>
       <c r="O180">
         <v>2026</v>
       </c>
       <c r="P180">
-        <v>5439</v>
+        <v>448</v>
       </c>
       <c r="Q180" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="R180" t="s">
         <v>34</v>
       </c>
       <c r="S180" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="T180" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="U180"/>
       <c r="V180">
         <v>0</v>
       </c>
       <c r="W180" t="s">
-        <v>58</v>
+        <v>84</v>
       </c>
     </row>
     <row r="181" spans="1:104">
       <c r="A181">
-        <v>58619</v>
+        <v>59336</v>
       </c>
       <c r="B181" t="s">
         <v>23</v>
       </c>
       <c r="C181" t="s">
-        <v>107</v>
+        <v>54</v>
       </c>
       <c r="D181" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="E181" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="F181" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="G181" t="s">
-        <v>111</v>
+        <v>56</v>
       </c>
       <c r="H181" t="s">
-        <v>112</v>
+        <v>29</v>
       </c>
       <c r="I181" t="s">
-        <v>170</v>
+        <v>57</v>
       </c>
       <c r="J181" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="K181" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="L181"/>
       <c r="M181" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N181">
-        <v>128541</v>
+        <v>131233</v>
       </c>
       <c r="O181">
         <v>2026</v>
       </c>
       <c r="P181">
-        <v>458</v>
+        <v>6997</v>
       </c>
       <c r="Q181" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="R181" t="s">
         <v>34</v>
       </c>
       <c r="S181" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="T181" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="U181"/>
       <c r="V181">
         <v>0</v>
       </c>
       <c r="W181" t="s">
-        <v>58</v>
+        <v>45</v>
       </c>
     </row>
     <row r="182" spans="1:104">
       <c r="A182">
-        <v>58619</v>
+        <v>59336</v>
       </c>
       <c r="B182" t="s">
         <v>23</v>
       </c>
       <c r="C182" t="s">
-        <v>107</v>
+        <v>54</v>
       </c>
       <c r="D182" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="E182" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="F182" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="G182" t="s">
-        <v>111</v>
+        <v>56</v>
       </c>
       <c r="H182" t="s">
-        <v>112</v>
+        <v>29</v>
       </c>
       <c r="I182" t="s">
-        <v>170</v>
+        <v>57</v>
       </c>
       <c r="J182" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="K182" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="L182"/>
       <c r="M182" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N182">
-        <v>128542</v>
+        <v>131234</v>
       </c>
       <c r="O182">
         <v>2026</v>
       </c>
       <c r="P182">
-        <v>5440</v>
+        <v>6998</v>
       </c>
       <c r="Q182" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="R182" t="s">
         <v>34</v>
       </c>
       <c r="S182" t="s">
         <v>35</v>
       </c>
       <c r="T182" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="U182"/>
       <c r="V182">
         <v>0</v>
       </c>
       <c r="W182" t="s">
-        <v>58</v>
+        <v>45</v>
       </c>
     </row>
     <row r="183" spans="1:104">
       <c r="A183">
-        <v>58619</v>
+        <v>59336</v>
       </c>
       <c r="B183" t="s">
         <v>23</v>
       </c>
       <c r="C183" t="s">
-        <v>107</v>
+        <v>54</v>
       </c>
       <c r="D183" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="E183" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="F183" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="G183" t="s">
-        <v>111</v>
+        <v>56</v>
       </c>
       <c r="H183" t="s">
-        <v>112</v>
+        <v>29</v>
       </c>
       <c r="I183" t="s">
-        <v>170</v>
+        <v>57</v>
       </c>
       <c r="J183" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="K183" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="L183"/>
       <c r="M183" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N183">
-        <v>128543</v>
+        <v>131235</v>
       </c>
       <c r="O183">
         <v>2026</v>
       </c>
       <c r="P183">
-        <v>459</v>
+        <v>2067</v>
       </c>
       <c r="Q183" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="R183" t="s">
         <v>34</v>
       </c>
       <c r="S183" t="s">
         <v>37</v>
       </c>
       <c r="T183" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="U183"/>
       <c r="V183">
         <v>0</v>
       </c>
       <c r="W183" t="s">
-        <v>58</v>
+        <v>45</v>
       </c>
     </row>
     <row r="184" spans="1:104">
       <c r="A184">
-        <v>59087</v>
+        <v>59336</v>
       </c>
       <c r="B184" t="s">
         <v>23</v>
       </c>
       <c r="C184" t="s">
-        <v>76</v>
+        <v>54</v>
       </c>
       <c r="D184" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="E184" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="F184" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="G184" t="s">
-        <v>80</v>
+        <v>56</v>
       </c>
       <c r="H184" t="s">
         <v>29</v>
       </c>
       <c r="I184" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="J184" t="s">
-        <v>57</v>
+        <v>175</v>
       </c>
       <c r="K184" t="s">
-        <v>57</v>
+        <v>175</v>
       </c>
       <c r="L184"/>
       <c r="M184" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N184">
-        <v>129795</v>
+        <v>131236</v>
       </c>
       <c r="O184">
         <v>2026</v>
       </c>
       <c r="P184">
-        <v>461</v>
+        <v>2068</v>
       </c>
       <c r="Q184" t="s">
         <v>38</v>
       </c>
       <c r="R184" t="s">
         <v>34</v>
       </c>
       <c r="S184" t="s">
         <v>37</v>
       </c>
       <c r="T184" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="U184"/>
       <c r="V184">
         <v>0</v>
       </c>
       <c r="W184" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="185" spans="1:104">
       <c r="A185">
-        <v>59345</v>
+        <v>59084</v>
       </c>
       <c r="B185" t="s">
         <v>23</v>
       </c>
       <c r="C185" t="s">
-        <v>59</v>
+        <v>79</v>
       </c>
       <c r="D185" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="E185" t="s">
         <v>176</v>
       </c>
       <c r="F185" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="G185" t="s">
-        <v>42</v>
+        <v>83</v>
       </c>
       <c r="H185" t="s">
         <v>29</v>
       </c>
       <c r="I185" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="J185" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="K185" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="L185"/>
       <c r="M185" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N185">
-        <v>130661</v>
+        <v>129785</v>
       </c>
       <c r="O185">
         <v>2026</v>
       </c>
       <c r="P185">
-        <v>5442</v>
+        <v>5430</v>
       </c>
       <c r="Q185" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="R185" t="s">
         <v>34</v>
       </c>
       <c r="S185" t="s">
         <v>35</v>
       </c>
       <c r="T185" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="U185"/>
       <c r="V185">
         <v>0</v>
       </c>
       <c r="W185" t="s">
-        <v>44</v>
+        <v>84</v>
       </c>
     </row>
     <row r="186" spans="1:104">
       <c r="A186">
-        <v>58619</v>
+        <v>59084</v>
       </c>
       <c r="B186" t="s">
         <v>23</v>
       </c>
       <c r="C186" t="s">
-        <v>107</v>
+        <v>79</v>
       </c>
       <c r="D186" t="s">
-        <v>167</v>
+        <v>173</v>
       </c>
       <c r="E186" t="s">
-        <v>168</v>
+        <v>176</v>
       </c>
       <c r="F186" t="s">
-        <v>169</v>
+        <v>177</v>
       </c>
       <c r="G186" t="s">
-        <v>111</v>
+        <v>83</v>
       </c>
       <c r="H186" t="s">
-        <v>112</v>
+        <v>29</v>
       </c>
       <c r="I186" t="s">
-        <v>170</v>
+        <v>57</v>
       </c>
       <c r="J186" t="s">
-        <v>171</v>
+        <v>58</v>
       </c>
       <c r="K186" t="s">
-        <v>171</v>
+        <v>58</v>
       </c>
       <c r="L186"/>
       <c r="M186" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N186">
-        <v>128544</v>
+        <v>129786</v>
       </c>
       <c r="O186">
         <v>2026</v>
       </c>
       <c r="P186">
-        <v>5441</v>
+        <v>449</v>
       </c>
       <c r="Q186" t="s">
         <v>38</v>
       </c>
       <c r="R186" t="s">
         <v>34</v>
       </c>
       <c r="S186" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="T186" t="s">
-        <v>168</v>
+        <v>176</v>
       </c>
       <c r="U186"/>
       <c r="V186">
         <v>0</v>
       </c>
       <c r="W186" t="s">
-        <v>58</v>
+        <v>84</v>
       </c>
     </row>
     <row r="187" spans="1:104">
       <c r="A187">
-        <v>58619</v>
+        <v>59086</v>
       </c>
       <c r="B187" t="s">
         <v>23</v>
       </c>
       <c r="C187" t="s">
-        <v>107</v>
+        <v>79</v>
       </c>
       <c r="D187" t="s">
-        <v>167</v>
+        <v>178</v>
       </c>
       <c r="E187" t="s">
-        <v>168</v>
+        <v>179</v>
       </c>
       <c r="F187" t="s">
-        <v>169</v>
+        <v>135</v>
       </c>
       <c r="G187" t="s">
-        <v>111</v>
+        <v>83</v>
       </c>
       <c r="H187" t="s">
-        <v>112</v>
+        <v>29</v>
       </c>
       <c r="I187" t="s">
-        <v>170</v>
+        <v>51</v>
       </c>
       <c r="J187" t="s">
-        <v>171</v>
+        <v>52</v>
       </c>
       <c r="K187" t="s">
-        <v>171</v>
+        <v>52</v>
       </c>
       <c r="L187"/>
       <c r="M187" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N187">
-        <v>128545</v>
+        <v>129788</v>
       </c>
       <c r="O187">
         <v>2026</v>
       </c>
       <c r="P187">
-        <v>460</v>
+        <v>5431</v>
       </c>
       <c r="Q187" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="R187" t="s">
         <v>34</v>
       </c>
       <c r="S187" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="T187" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="U187"/>
       <c r="V187">
         <v>0</v>
       </c>
       <c r="W187" t="s">
-        <v>58</v>
+        <v>84</v>
       </c>
     </row>
     <row r="188" spans="1:104">
       <c r="A188">
-        <v>59087</v>
+        <v>59086</v>
       </c>
       <c r="B188" t="s">
         <v>23</v>
       </c>
       <c r="C188" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="D188" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="E188" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="F188" t="s">
-        <v>177</v>
+        <v>135</v>
       </c>
       <c r="G188" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="H188" t="s">
         <v>29</v>
       </c>
       <c r="I188" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="J188" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="K188" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="L188"/>
       <c r="M188" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N188">
-        <v>129796</v>
+        <v>129790</v>
       </c>
       <c r="O188">
         <v>2026</v>
       </c>
       <c r="P188">
-        <v>462</v>
+        <v>450</v>
       </c>
       <c r="Q188" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="R188" t="s">
         <v>34</v>
       </c>
       <c r="S188" t="s">
         <v>37</v>
       </c>
       <c r="T188" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="U188"/>
       <c r="V188">
         <v>0</v>
       </c>
       <c r="W188" t="s">
-        <v>44</v>
+        <v>84</v>
       </c>
     </row>
     <row r="189" spans="1:104">
       <c r="A189">
-        <v>59345</v>
+        <v>58619</v>
       </c>
       <c r="B189" t="s">
         <v>23</v>
       </c>
       <c r="C189" t="s">
-        <v>59</v>
+        <v>113</v>
       </c>
       <c r="D189" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="E189" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="F189" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="G189" t="s">
-        <v>42</v>
+        <v>117</v>
       </c>
       <c r="H189" t="s">
-        <v>29</v>
+        <v>118</v>
       </c>
       <c r="I189" t="s">
-        <v>50</v>
+        <v>182</v>
       </c>
       <c r="J189" t="s">
-        <v>51</v>
+        <v>183</v>
       </c>
       <c r="K189" t="s">
-        <v>51</v>
+        <v>183</v>
       </c>
       <c r="L189"/>
       <c r="M189" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N189">
-        <v>130662</v>
+        <v>131343</v>
       </c>
       <c r="O189">
         <v>2026</v>
       </c>
       <c r="P189">
-        <v>5443</v>
+        <v>7051</v>
       </c>
       <c r="Q189" t="s">
-        <v>33</v>
+        <v>122</v>
       </c>
       <c r="R189" t="s">
-        <v>34</v>
+        <v>123</v>
       </c>
       <c r="S189" t="s">
         <v>35</v>
       </c>
       <c r="T189" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="U189"/>
       <c r="V189">
         <v>0</v>
       </c>
       <c r="W189" t="s">
-        <v>44</v>
+        <v>93</v>
       </c>
     </row>
     <row r="190" spans="1:104">
       <c r="A190">
-        <v>59087</v>
+        <v>58619</v>
       </c>
       <c r="B190" t="s">
         <v>23</v>
       </c>
       <c r="C190" t="s">
-        <v>76</v>
+        <v>113</v>
       </c>
       <c r="D190" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="E190" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="F190" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="G190" t="s">
-        <v>80</v>
+        <v>117</v>
       </c>
       <c r="H190" t="s">
-        <v>29</v>
+        <v>118</v>
       </c>
       <c r="I190" t="s">
-        <v>56</v>
+        <v>182</v>
       </c>
       <c r="J190" t="s">
-        <v>57</v>
+        <v>183</v>
       </c>
       <c r="K190" t="s">
-        <v>57</v>
+        <v>183</v>
       </c>
       <c r="L190"/>
       <c r="M190" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N190">
-        <v>129797</v>
+        <v>131344</v>
       </c>
       <c r="O190">
         <v>2026</v>
       </c>
       <c r="P190">
-        <v>5444</v>
+        <v>2116</v>
       </c>
       <c r="Q190" t="s">
-        <v>38</v>
+        <v>122</v>
       </c>
       <c r="R190" t="s">
-        <v>34</v>
+        <v>123</v>
       </c>
       <c r="S190" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="T190" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="U190"/>
       <c r="V190">
         <v>0</v>
       </c>
       <c r="W190" t="s">
-        <v>44</v>
+        <v>93</v>
       </c>
     </row>
     <row r="191" spans="1:104">
       <c r="A191">
-        <v>59345</v>
+        <v>58619</v>
       </c>
       <c r="B191" t="s">
         <v>23</v>
       </c>
       <c r="C191" t="s">
-        <v>59</v>
+        <v>113</v>
       </c>
       <c r="D191" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="E191" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="F191" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="G191" t="s">
-        <v>42</v>
+        <v>117</v>
       </c>
       <c r="H191" t="s">
-        <v>29</v>
+        <v>118</v>
       </c>
       <c r="I191" t="s">
-        <v>50</v>
+        <v>182</v>
       </c>
       <c r="J191" t="s">
-        <v>51</v>
+        <v>183</v>
       </c>
       <c r="K191" t="s">
-        <v>51</v>
+        <v>183</v>
       </c>
       <c r="L191"/>
       <c r="M191" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N191">
-        <v>130663</v>
+        <v>128528</v>
       </c>
       <c r="O191">
         <v>2026</v>
       </c>
       <c r="P191">
-        <v>463</v>
+        <v>5433</v>
       </c>
       <c r="Q191" t="s">
-        <v>33</v>
+        <v>122</v>
       </c>
       <c r="R191" t="s">
-        <v>34</v>
+        <v>123</v>
       </c>
       <c r="S191" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="T191" t="s">
         <v>179</v>
       </c>
       <c r="U191"/>
       <c r="V191">
         <v>0</v>
       </c>
       <c r="W191" t="s">
-        <v>44</v>
+        <v>93</v>
       </c>
     </row>
     <row r="192" spans="1:104">
       <c r="A192">
-        <v>59087</v>
+        <v>58619</v>
       </c>
       <c r="B192" t="s">
         <v>23</v>
       </c>
       <c r="C192" t="s">
-        <v>76</v>
+        <v>113</v>
       </c>
       <c r="D192" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="E192" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="F192" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="G192" t="s">
-        <v>80</v>
+        <v>117</v>
       </c>
       <c r="H192" t="s">
-        <v>29</v>
+        <v>118</v>
       </c>
       <c r="I192" t="s">
-        <v>56</v>
+        <v>182</v>
       </c>
       <c r="J192" t="s">
-        <v>57</v>
+        <v>183</v>
       </c>
       <c r="K192" t="s">
-        <v>57</v>
+        <v>183</v>
       </c>
       <c r="L192"/>
       <c r="M192" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N192">
-        <v>129799</v>
+        <v>128529</v>
       </c>
       <c r="O192">
         <v>2026</v>
       </c>
       <c r="P192">
-        <v>5445</v>
+        <v>452</v>
       </c>
       <c r="Q192" t="s">
-        <v>38</v>
+        <v>122</v>
       </c>
       <c r="R192" t="s">
-        <v>34</v>
+        <v>123</v>
       </c>
       <c r="S192" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="T192" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="U192"/>
       <c r="V192">
         <v>0</v>
       </c>
       <c r="W192" t="s">
-        <v>44</v>
+        <v>93</v>
       </c>
     </row>
     <row r="193" spans="1:104">
       <c r="A193">
-        <v>59345</v>
+        <v>58619</v>
       </c>
       <c r="B193" t="s">
         <v>23</v>
       </c>
       <c r="C193" t="s">
-        <v>59</v>
+        <v>113</v>
       </c>
       <c r="D193" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="E193" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="F193" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="G193" t="s">
-        <v>42</v>
+        <v>117</v>
       </c>
       <c r="H193" t="s">
-        <v>29</v>
+        <v>118</v>
       </c>
       <c r="I193" t="s">
-        <v>50</v>
+        <v>182</v>
       </c>
       <c r="J193" t="s">
-        <v>51</v>
+        <v>183</v>
       </c>
       <c r="K193" t="s">
-        <v>51</v>
+        <v>183</v>
       </c>
       <c r="L193"/>
       <c r="M193" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N193">
-        <v>130664</v>
+        <v>128530</v>
       </c>
       <c r="O193">
         <v>2026</v>
       </c>
       <c r="P193">
-        <v>464</v>
+        <v>5434</v>
       </c>
       <c r="Q193" t="s">
-        <v>33</v>
+        <v>122</v>
       </c>
       <c r="R193" t="s">
-        <v>34</v>
+        <v>123</v>
       </c>
       <c r="S193" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="T193" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="U193"/>
       <c r="V193">
         <v>0</v>
       </c>
       <c r="W193" t="s">
-        <v>44</v>
+        <v>93</v>
       </c>
     </row>
     <row r="194" spans="1:104">
       <c r="A194">
-        <v>59346</v>
+        <v>58619</v>
       </c>
       <c r="B194" t="s">
         <v>23</v>
       </c>
-      <c r="C194"/>
+      <c r="C194" t="s">
+        <v>113</v>
+      </c>
       <c r="D194" t="s">
+        <v>178</v>
+      </c>
+      <c r="E194" t="s">
         <v>180</v>
       </c>
-      <c r="E194" t="s">
+      <c r="F194" t="s">
         <v>181</v>
       </c>
-      <c r="F194" t="s">
+      <c r="G194" t="s">
+        <v>117</v>
+      </c>
+      <c r="H194" t="s">
+        <v>118</v>
+      </c>
+      <c r="I194" t="s">
         <v>182</v>
       </c>
-      <c r="G194" t="s">
-[...2 lines deleted...]
-      <c r="H194" t="s">
+      <c r="J194" t="s">
         <v>183</v>
       </c>
-      <c r="I194" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K194" t="s">
-        <v>31</v>
+        <v>183</v>
       </c>
       <c r="L194"/>
       <c r="M194" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N194">
-        <v>130665</v>
+        <v>128531</v>
       </c>
       <c r="O194">
         <v>2026</v>
       </c>
       <c r="P194">
-        <v>5446</v>
+        <v>453</v>
       </c>
       <c r="Q194" t="s">
-        <v>33</v>
+        <v>122</v>
       </c>
       <c r="R194" t="s">
-        <v>184</v>
+        <v>123</v>
       </c>
       <c r="S194" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="T194" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="U194"/>
       <c r="V194">
         <v>0</v>
       </c>
       <c r="W194" t="s">
-        <v>44</v>
+        <v>93</v>
       </c>
     </row>
     <row r="195" spans="1:104">
       <c r="A195">
-        <v>59346</v>
+        <v>59086</v>
       </c>
       <c r="B195" t="s">
         <v>23</v>
       </c>
-      <c r="C195"/>
+      <c r="C195" t="s">
+        <v>79</v>
+      </c>
       <c r="D195" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="E195" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="F195" t="s">
-        <v>182</v>
+        <v>135</v>
       </c>
       <c r="G195" t="s">
-        <v>42</v>
+        <v>83</v>
       </c>
       <c r="H195" t="s">
-        <v>183</v>
+        <v>29</v>
       </c>
       <c r="I195" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="J195" t="s">
-        <v>31</v>
+        <v>52</v>
       </c>
       <c r="K195" t="s">
-        <v>31</v>
+        <v>52</v>
       </c>
       <c r="L195"/>
       <c r="M195" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N195">
-        <v>130666</v>
+        <v>129791</v>
       </c>
       <c r="O195">
         <v>2026</v>
       </c>
       <c r="P195">
-        <v>465</v>
+        <v>5432</v>
       </c>
       <c r="Q195" t="s">
         <v>33</v>
       </c>
       <c r="R195" t="s">
-        <v>184</v>
+        <v>34</v>
       </c>
       <c r="S195" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="T195" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="U195"/>
       <c r="V195">
         <v>0</v>
       </c>
       <c r="W195" t="s">
-        <v>44</v>
+        <v>84</v>
       </c>
     </row>
     <row r="196" spans="1:104">
       <c r="A196">
-        <v>59346</v>
+        <v>59086</v>
       </c>
       <c r="B196" t="s">
         <v>23</v>
       </c>
-      <c r="C196"/>
+      <c r="C196" t="s">
+        <v>79</v>
+      </c>
       <c r="D196" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="E196" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="F196" t="s">
-        <v>182</v>
+        <v>135</v>
       </c>
       <c r="G196" t="s">
-        <v>42</v>
+        <v>83</v>
       </c>
       <c r="H196" t="s">
-        <v>183</v>
+        <v>29</v>
       </c>
       <c r="I196" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="J196" t="s">
-        <v>31</v>
+        <v>52</v>
       </c>
       <c r="K196" t="s">
-        <v>31</v>
+        <v>52</v>
       </c>
       <c r="L196"/>
       <c r="M196" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N196">
-        <v>130667</v>
+        <v>129793</v>
       </c>
       <c r="O196">
         <v>2026</v>
       </c>
       <c r="P196">
-        <v>5447</v>
+        <v>451</v>
       </c>
       <c r="Q196" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="R196" t="s">
-        <v>184</v>
+        <v>34</v>
       </c>
       <c r="S196" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="T196" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="U196"/>
       <c r="V196">
         <v>0</v>
       </c>
       <c r="W196" t="s">
-        <v>44</v>
+        <v>84</v>
       </c>
     </row>
     <row r="197" spans="1:104">
       <c r="A197">
-        <v>59346</v>
+        <v>58619</v>
       </c>
       <c r="B197" t="s">
         <v>23</v>
       </c>
-      <c r="C197"/>
+      <c r="C197" t="s">
+        <v>113</v>
+      </c>
       <c r="D197" t="s">
+        <v>178</v>
+      </c>
+      <c r="E197" t="s">
         <v>180</v>
       </c>
-      <c r="E197" t="s">
+      <c r="F197" t="s">
         <v>181</v>
       </c>
-      <c r="F197" t="s">
+      <c r="G197" t="s">
+        <v>117</v>
+      </c>
+      <c r="H197" t="s">
+        <v>118</v>
+      </c>
+      <c r="I197" t="s">
         <v>182</v>
       </c>
-      <c r="G197" t="s">
-[...2 lines deleted...]
-      <c r="H197" t="s">
+      <c r="J197" t="s">
         <v>183</v>
       </c>
-      <c r="I197" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K197" t="s">
-        <v>31</v>
+        <v>183</v>
       </c>
       <c r="L197"/>
       <c r="M197" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="N197">
-        <v>130668</v>
+        <v>128532</v>
       </c>
       <c r="O197">
         <v>2026</v>
       </c>
       <c r="P197">
-        <v>466</v>
+        <v>5435</v>
       </c>
       <c r="Q197" t="s">
-        <v>38</v>
+        <v>122</v>
       </c>
       <c r="R197" t="s">
+        <v>34</v>
+      </c>
+      <c r="S197" t="s">
+        <v>35</v>
+      </c>
+      <c r="T197" t="s">
         <v>184</v>
-      </c>
-[...4 lines deleted...]
-        <v>181</v>
       </c>
       <c r="U197"/>
       <c r="V197">
         <v>0</v>
       </c>
       <c r="W197" t="s">
-        <v>44</v>
+        <v>93</v>
       </c>
     </row>
     <row r="198" spans="1:104">
       <c r="A198">
-        <v>58541</v>
+        <v>58619</v>
       </c>
       <c r="B198" t="s">
         <v>23</v>
       </c>
       <c r="C198" t="s">
-        <v>185</v>
+        <v>113</v>
       </c>
       <c r="D198" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="E198" t="s">
-        <v>187</v>
+        <v>180</v>
       </c>
       <c r="F198" t="s">
-        <v>65</v>
+        <v>181</v>
       </c>
       <c r="G198" t="s">
-        <v>84</v>
+        <v>117</v>
       </c>
       <c r="H198" t="s">
-        <v>188</v>
+        <v>118</v>
       </c>
       <c r="I198" t="s">
-        <v>189</v>
+        <v>182</v>
       </c>
       <c r="J198" t="s">
-        <v>190</v>
+        <v>183</v>
       </c>
       <c r="K198" t="s">
-        <v>190</v>
+        <v>183</v>
       </c>
       <c r="L198"/>
       <c r="M198" t="s">
-        <v>191</v>
+        <v>121</v>
       </c>
       <c r="N198">
-        <v>128464</v>
+        <v>128533</v>
       </c>
       <c r="O198">
         <v>2026</v>
       </c>
       <c r="P198">
-        <v>5448</v>
+        <v>454</v>
       </c>
       <c r="Q198" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="R198" t="s">
-        <v>192</v>
+        <v>34</v>
       </c>
       <c r="S198" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="T198" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="U198"/>
       <c r="V198">
         <v>0</v>
       </c>
       <c r="W198" t="s">
-        <v>58</v>
+        <v>93</v>
       </c>
     </row>
     <row r="199" spans="1:104">
       <c r="A199">
-        <v>58541</v>
+        <v>58619</v>
       </c>
       <c r="B199" t="s">
         <v>23</v>
       </c>
       <c r="C199" t="s">
-        <v>185</v>
+        <v>113</v>
       </c>
       <c r="D199" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="E199" t="s">
-        <v>187</v>
+        <v>180</v>
       </c>
       <c r="F199" t="s">
-        <v>65</v>
+        <v>181</v>
       </c>
       <c r="G199" t="s">
-        <v>84</v>
+        <v>117</v>
       </c>
       <c r="H199" t="s">
-        <v>188</v>
+        <v>118</v>
       </c>
       <c r="I199" t="s">
-        <v>189</v>
+        <v>182</v>
       </c>
       <c r="J199" t="s">
-        <v>190</v>
+        <v>183</v>
       </c>
       <c r="K199" t="s">
-        <v>190</v>
+        <v>183</v>
       </c>
       <c r="L199"/>
       <c r="M199" t="s">
-        <v>191</v>
+        <v>121</v>
       </c>
       <c r="N199">
-        <v>128465</v>
+        <v>128534</v>
       </c>
       <c r="O199">
         <v>2026</v>
       </c>
       <c r="P199">
-        <v>467</v>
+        <v>5436</v>
       </c>
       <c r="Q199" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="R199" t="s">
-        <v>192</v>
+        <v>34</v>
       </c>
       <c r="S199" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="T199" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="U199"/>
       <c r="V199">
         <v>0</v>
       </c>
       <c r="W199" t="s">
-        <v>58</v>
+        <v>93</v>
       </c>
     </row>
     <row r="200" spans="1:104">
       <c r="A200">
-        <v>58541</v>
+        <v>58619</v>
       </c>
       <c r="B200" t="s">
         <v>23</v>
       </c>
       <c r="C200" t="s">
-        <v>185</v>
+        <v>113</v>
       </c>
       <c r="D200" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="E200" t="s">
-        <v>187</v>
+        <v>180</v>
       </c>
       <c r="F200" t="s">
-        <v>65</v>
+        <v>181</v>
       </c>
       <c r="G200" t="s">
-        <v>84</v>
+        <v>117</v>
       </c>
       <c r="H200" t="s">
-        <v>188</v>
+        <v>118</v>
       </c>
       <c r="I200" t="s">
-        <v>189</v>
+        <v>182</v>
       </c>
       <c r="J200" t="s">
-        <v>190</v>
+        <v>183</v>
       </c>
       <c r="K200" t="s">
-        <v>190</v>
+        <v>183</v>
       </c>
       <c r="L200"/>
       <c r="M200" t="s">
-        <v>191</v>
+        <v>121</v>
       </c>
       <c r="N200">
-        <v>128466</v>
+        <v>128535</v>
       </c>
       <c r="O200">
         <v>2026</v>
       </c>
       <c r="P200">
-        <v>5449</v>
+        <v>455</v>
       </c>
       <c r="Q200" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="R200" t="s">
         <v>34</v>
       </c>
       <c r="S200" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="T200" t="s">
-        <v>193</v>
+        <v>184</v>
       </c>
       <c r="U200"/>
       <c r="V200">
         <v>0</v>
       </c>
       <c r="W200" t="s">
-        <v>58</v>
+        <v>93</v>
       </c>
     </row>
     <row r="201" spans="1:104">
       <c r="A201">
-        <v>58541</v>
+        <v>58619</v>
       </c>
       <c r="B201" t="s">
         <v>23</v>
       </c>
       <c r="C201" t="s">
-        <v>185</v>
+        <v>113</v>
       </c>
       <c r="D201" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="E201" t="s">
-        <v>187</v>
+        <v>180</v>
       </c>
       <c r="F201" t="s">
-        <v>65</v>
+        <v>181</v>
       </c>
       <c r="G201" t="s">
-        <v>84</v>
+        <v>117</v>
       </c>
       <c r="H201" t="s">
-        <v>188</v>
+        <v>118</v>
       </c>
       <c r="I201" t="s">
-        <v>189</v>
+        <v>182</v>
       </c>
       <c r="J201" t="s">
-        <v>190</v>
+        <v>183</v>
       </c>
       <c r="K201" t="s">
-        <v>190</v>
+        <v>183</v>
       </c>
       <c r="L201"/>
       <c r="M201" t="s">
-        <v>191</v>
+        <v>121</v>
       </c>
       <c r="N201">
-        <v>128467</v>
+        <v>128536</v>
       </c>
       <c r="O201">
         <v>2026</v>
       </c>
       <c r="P201">
-        <v>468</v>
+        <v>5437</v>
       </c>
       <c r="Q201" t="s">
-        <v>121</v>
+        <v>128</v>
       </c>
       <c r="R201" t="s">
         <v>34</v>
       </c>
       <c r="S201" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="T201" t="s">
-        <v>193</v>
+        <v>185</v>
       </c>
       <c r="U201"/>
       <c r="V201">
         <v>0</v>
       </c>
       <c r="W201" t="s">
-        <v>58</v>
+        <v>93</v>
       </c>
     </row>
     <row r="202" spans="1:104">
       <c r="A202">
-        <v>58541</v>
+        <v>58619</v>
       </c>
       <c r="B202" t="s">
         <v>23</v>
       </c>
       <c r="C202" t="s">
-        <v>185</v>
+        <v>113</v>
       </c>
       <c r="D202" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="E202" t="s">
-        <v>187</v>
+        <v>180</v>
       </c>
       <c r="F202" t="s">
-        <v>65</v>
+        <v>181</v>
       </c>
       <c r="G202" t="s">
-        <v>84</v>
+        <v>117</v>
       </c>
       <c r="H202" t="s">
-        <v>188</v>
+        <v>118</v>
       </c>
       <c r="I202" t="s">
-        <v>189</v>
+        <v>182</v>
       </c>
       <c r="J202" t="s">
-        <v>190</v>
+        <v>183</v>
       </c>
       <c r="K202" t="s">
-        <v>190</v>
+        <v>183</v>
       </c>
       <c r="L202"/>
       <c r="M202" t="s">
-        <v>191</v>
+        <v>121</v>
       </c>
       <c r="N202">
-        <v>128468</v>
+        <v>128537</v>
       </c>
       <c r="O202">
         <v>2026</v>
       </c>
       <c r="P202">
-        <v>5450</v>
+        <v>456</v>
       </c>
       <c r="Q202" t="s">
-        <v>33</v>
+        <v>128</v>
       </c>
       <c r="R202" t="s">
-        <v>192</v>
+        <v>34</v>
       </c>
       <c r="S202" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="T202" t="s">
-        <v>194</v>
+        <v>185</v>
       </c>
       <c r="U202"/>
       <c r="V202">
         <v>0</v>
       </c>
       <c r="W202" t="s">
-        <v>58</v>
+        <v>93</v>
       </c>
     </row>
     <row r="203" spans="1:104">
       <c r="A203">
-        <v>58541</v>
+        <v>58619</v>
       </c>
       <c r="B203" t="s">
         <v>23</v>
       </c>
       <c r="C203" t="s">
-        <v>185</v>
+        <v>113</v>
       </c>
       <c r="D203" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="E203" t="s">
-        <v>187</v>
+        <v>180</v>
       </c>
       <c r="F203" t="s">
-        <v>65</v>
+        <v>181</v>
       </c>
       <c r="G203" t="s">
-        <v>84</v>
+        <v>117</v>
       </c>
       <c r="H203" t="s">
-        <v>188</v>
+        <v>118</v>
       </c>
       <c r="I203" t="s">
-        <v>189</v>
+        <v>182</v>
       </c>
       <c r="J203" t="s">
-        <v>190</v>
+        <v>183</v>
       </c>
       <c r="K203" t="s">
-        <v>190</v>
+        <v>183</v>
       </c>
       <c r="L203"/>
       <c r="M203" t="s">
-        <v>191</v>
+        <v>121</v>
       </c>
       <c r="N203">
-        <v>128469</v>
+        <v>128538</v>
       </c>
       <c r="O203">
         <v>2026</v>
       </c>
       <c r="P203">
-        <v>469</v>
+        <v>5438</v>
       </c>
       <c r="Q203" t="s">
-        <v>33</v>
+        <v>128</v>
       </c>
       <c r="R203" t="s">
-        <v>192</v>
+        <v>34</v>
       </c>
       <c r="S203" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="T203" t="s">
-        <v>194</v>
+        <v>185</v>
       </c>
       <c r="U203"/>
       <c r="V203">
         <v>0</v>
       </c>
       <c r="W203" t="s">
-        <v>58</v>
+        <v>93</v>
       </c>
     </row>
     <row r="204" spans="1:104">
       <c r="A204">
-        <v>58541</v>
+        <v>58619</v>
       </c>
       <c r="B204" t="s">
         <v>23</v>
       </c>
       <c r="C204" t="s">
-        <v>185</v>
+        <v>113</v>
       </c>
       <c r="D204" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="E204" t="s">
-        <v>187</v>
+        <v>180</v>
       </c>
       <c r="F204" t="s">
-        <v>65</v>
+        <v>181</v>
       </c>
       <c r="G204" t="s">
-        <v>84</v>
+        <v>117</v>
       </c>
       <c r="H204" t="s">
-        <v>188</v>
+        <v>118</v>
       </c>
       <c r="I204" t="s">
-        <v>189</v>
+        <v>182</v>
       </c>
       <c r="J204" t="s">
-        <v>190</v>
+        <v>183</v>
       </c>
       <c r="K204" t="s">
-        <v>190</v>
+        <v>183</v>
       </c>
       <c r="L204"/>
       <c r="M204" t="s">
-        <v>191</v>
+        <v>121</v>
       </c>
       <c r="N204">
-        <v>128470</v>
+        <v>128539</v>
       </c>
       <c r="O204">
         <v>2026</v>
       </c>
       <c r="P204">
-        <v>5451</v>
+        <v>457</v>
       </c>
       <c r="Q204" t="s">
-        <v>33</v>
+        <v>128</v>
       </c>
       <c r="R204" t="s">
         <v>34</v>
       </c>
       <c r="S204" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="T204" t="s">
-        <v>195</v>
+        <v>185</v>
       </c>
       <c r="U204"/>
       <c r="V204">
         <v>0</v>
       </c>
       <c r="W204" t="s">
-        <v>58</v>
+        <v>93</v>
       </c>
     </row>
     <row r="205" spans="1:104">
       <c r="A205">
-        <v>58541</v>
+        <v>58619</v>
       </c>
       <c r="B205" t="s">
         <v>23</v>
       </c>
       <c r="C205" t="s">
-        <v>185</v>
+        <v>113</v>
       </c>
       <c r="D205" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="E205" t="s">
-        <v>187</v>
+        <v>180</v>
       </c>
       <c r="F205" t="s">
-        <v>65</v>
+        <v>181</v>
       </c>
       <c r="G205" t="s">
-        <v>84</v>
+        <v>117</v>
       </c>
       <c r="H205" t="s">
-        <v>188</v>
+        <v>118</v>
       </c>
       <c r="I205" t="s">
-        <v>189</v>
+        <v>182</v>
       </c>
       <c r="J205" t="s">
-        <v>190</v>
+        <v>183</v>
       </c>
       <c r="K205" t="s">
-        <v>190</v>
+        <v>183</v>
       </c>
       <c r="L205"/>
       <c r="M205" t="s">
-        <v>191</v>
+        <v>121</v>
       </c>
       <c r="N205">
-        <v>128471</v>
+        <v>128540</v>
       </c>
       <c r="O205">
         <v>2026</v>
       </c>
       <c r="P205">
-        <v>470</v>
+        <v>5439</v>
       </c>
       <c r="Q205" t="s">
         <v>33</v>
       </c>
       <c r="R205" t="s">
         <v>34</v>
       </c>
       <c r="S205" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="T205" t="s">
-        <v>195</v>
+        <v>186</v>
       </c>
       <c r="U205"/>
       <c r="V205">
         <v>0</v>
       </c>
       <c r="W205" t="s">
-        <v>58</v>
+        <v>93</v>
       </c>
     </row>
     <row r="206" spans="1:104">
       <c r="A206">
-        <v>58541</v>
+        <v>58619</v>
       </c>
       <c r="B206" t="s">
         <v>23</v>
       </c>
       <c r="C206" t="s">
-        <v>185</v>
+        <v>113</v>
       </c>
       <c r="D206" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="E206" t="s">
-        <v>187</v>
+        <v>180</v>
       </c>
       <c r="F206" t="s">
-        <v>65</v>
+        <v>181</v>
       </c>
       <c r="G206" t="s">
-        <v>84</v>
+        <v>117</v>
       </c>
       <c r="H206" t="s">
-        <v>188</v>
+        <v>118</v>
       </c>
       <c r="I206" t="s">
-        <v>189</v>
+        <v>182</v>
       </c>
       <c r="J206" t="s">
-        <v>190</v>
+        <v>183</v>
       </c>
       <c r="K206" t="s">
-        <v>190</v>
+        <v>183</v>
       </c>
       <c r="L206"/>
       <c r="M206" t="s">
-        <v>191</v>
+        <v>121</v>
       </c>
       <c r="N206">
-        <v>128472</v>
+        <v>128541</v>
       </c>
       <c r="O206">
         <v>2026</v>
       </c>
       <c r="P206">
-        <v>5452</v>
+        <v>458</v>
       </c>
       <c r="Q206" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="R206" t="s">
-        <v>192</v>
+        <v>34</v>
       </c>
       <c r="S206" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="T206" t="s">
-        <v>196</v>
+        <v>186</v>
       </c>
       <c r="U206"/>
       <c r="V206">
         <v>0</v>
       </c>
       <c r="W206" t="s">
-        <v>58</v>
+        <v>93</v>
       </c>
     </row>
     <row r="207" spans="1:104">
       <c r="A207">
-        <v>58541</v>
+        <v>58619</v>
       </c>
       <c r="B207" t="s">
         <v>23</v>
       </c>
       <c r="C207" t="s">
-        <v>185</v>
+        <v>113</v>
       </c>
       <c r="D207" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="E207" t="s">
-        <v>187</v>
+        <v>180</v>
       </c>
       <c r="F207" t="s">
-        <v>65</v>
+        <v>181</v>
       </c>
       <c r="G207" t="s">
-        <v>84</v>
+        <v>117</v>
       </c>
       <c r="H207" t="s">
-        <v>188</v>
+        <v>118</v>
       </c>
       <c r="I207" t="s">
-        <v>189</v>
+        <v>182</v>
       </c>
       <c r="J207" t="s">
-        <v>190</v>
+        <v>183</v>
       </c>
       <c r="K207" t="s">
-        <v>190</v>
+        <v>183</v>
       </c>
       <c r="L207"/>
       <c r="M207" t="s">
-        <v>191</v>
+        <v>121</v>
       </c>
       <c r="N207">
-        <v>128473</v>
+        <v>128542</v>
       </c>
       <c r="O207">
         <v>2026</v>
       </c>
       <c r="P207">
-        <v>471</v>
+        <v>5440</v>
       </c>
       <c r="Q207" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="R207" t="s">
-        <v>192</v>
+        <v>34</v>
       </c>
       <c r="S207" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="T207" t="s">
-        <v>196</v>
+        <v>187</v>
       </c>
       <c r="U207"/>
       <c r="V207">
         <v>0</v>
       </c>
       <c r="W207" t="s">
-        <v>58</v>
+        <v>93</v>
       </c>
     </row>
     <row r="208" spans="1:104">
       <c r="A208">
-        <v>58541</v>
+        <v>58619</v>
       </c>
       <c r="B208" t="s">
         <v>23</v>
       </c>
       <c r="C208" t="s">
-        <v>185</v>
+        <v>113</v>
       </c>
       <c r="D208" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="E208" t="s">
-        <v>187</v>
+        <v>180</v>
       </c>
       <c r="F208" t="s">
-        <v>65</v>
+        <v>181</v>
       </c>
       <c r="G208" t="s">
-        <v>84</v>
+        <v>117</v>
       </c>
       <c r="H208" t="s">
-        <v>188</v>
+        <v>118</v>
       </c>
       <c r="I208" t="s">
-        <v>189</v>
+        <v>182</v>
       </c>
       <c r="J208" t="s">
-        <v>190</v>
+        <v>183</v>
       </c>
       <c r="K208" t="s">
-        <v>190</v>
+        <v>183</v>
       </c>
       <c r="L208"/>
       <c r="M208" t="s">
-        <v>191</v>
+        <v>121</v>
       </c>
       <c r="N208">
-        <v>128474</v>
+        <v>128543</v>
       </c>
       <c r="O208">
         <v>2026</v>
       </c>
       <c r="P208">
-        <v>5453</v>
+        <v>459</v>
       </c>
       <c r="Q208" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="R208" t="s">
         <v>34</v>
       </c>
       <c r="S208" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="T208" t="s">
         <v>187</v>
       </c>
       <c r="U208"/>
       <c r="V208">
         <v>0</v>
       </c>
       <c r="W208" t="s">
-        <v>58</v>
+        <v>93</v>
       </c>
     </row>
     <row r="209" spans="1:104">
       <c r="A209">
-        <v>58541</v>
+        <v>59087</v>
       </c>
       <c r="B209" t="s">
         <v>23</v>
       </c>
       <c r="C209" t="s">
-        <v>185</v>
+        <v>79</v>
       </c>
       <c r="D209" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="E209" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="F209" t="s">
-        <v>65</v>
+        <v>189</v>
       </c>
       <c r="G209" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="H209" t="s">
-        <v>188</v>
+        <v>29</v>
       </c>
       <c r="I209" t="s">
-        <v>189</v>
+        <v>57</v>
       </c>
       <c r="J209" t="s">
-        <v>190</v>
+        <v>58</v>
       </c>
       <c r="K209" t="s">
-        <v>190</v>
+        <v>58</v>
       </c>
       <c r="L209"/>
       <c r="M209" t="s">
-        <v>191</v>
+        <v>121</v>
       </c>
       <c r="N209">
-        <v>128475</v>
+        <v>129795</v>
       </c>
       <c r="O209">
         <v>2026</v>
       </c>
       <c r="P209">
-        <v>472</v>
+        <v>461</v>
       </c>
       <c r="Q209" t="s">
         <v>38</v>
       </c>
       <c r="R209" t="s">
         <v>34</v>
       </c>
       <c r="S209" t="s">
         <v>37</v>
       </c>
       <c r="T209" t="s">
         <v>187</v>
       </c>
       <c r="U209"/>
       <c r="V209">
         <v>0</v>
       </c>
       <c r="W209" t="s">
-        <v>58</v>
+        <v>84</v>
       </c>
     </row>
     <row r="210" spans="1:104">
       <c r="A210">
-        <v>59337</v>
+        <v>59345</v>
       </c>
       <c r="B210" t="s">
         <v>23</v>
       </c>
       <c r="C210" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="D210" t="s">
-        <v>197</v>
+        <v>187</v>
       </c>
       <c r="E210" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
       <c r="F210" t="s">
-        <v>91</v>
+        <v>190</v>
       </c>
       <c r="G210" t="s">
-        <v>55</v>
+        <v>42</v>
       </c>
       <c r="H210" t="s">
-        <v>92</v>
+        <v>29</v>
       </c>
       <c r="I210" t="s">
-        <v>199</v>
+        <v>51</v>
       </c>
       <c r="J210" t="s">
-        <v>200</v>
+        <v>52</v>
       </c>
       <c r="K210" t="s">
-        <v>200</v>
+        <v>52</v>
       </c>
       <c r="L210"/>
       <c r="M210" t="s">
-        <v>191</v>
+        <v>121</v>
       </c>
       <c r="N210">
-        <v>131183</v>
+        <v>130661</v>
       </c>
       <c r="O210">
         <v>2026</v>
       </c>
       <c r="P210">
-        <v>0</v>
+        <v>5442</v>
       </c>
       <c r="Q210" t="s">
-        <v>121</v>
+        <v>33</v>
       </c>
       <c r="R210" t="s">
         <v>34</v>
       </c>
       <c r="S210" t="s">
         <v>35</v>
       </c>
       <c r="T210" t="s">
-        <v>197</v>
+        <v>187</v>
       </c>
       <c r="U210"/>
       <c r="V210">
         <v>0</v>
       </c>
       <c r="W210" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="211" spans="1:104">
       <c r="A211">
-        <v>59337</v>
+        <v>58619</v>
       </c>
       <c r="B211" t="s">
         <v>23</v>
       </c>
       <c r="C211" t="s">
-        <v>53</v>
+        <v>113</v>
       </c>
       <c r="D211" t="s">
-        <v>197</v>
+        <v>178</v>
       </c>
       <c r="E211" t="s">
-        <v>198</v>
+        <v>180</v>
       </c>
       <c r="F211" t="s">
-        <v>91</v>
+        <v>181</v>
       </c>
       <c r="G211" t="s">
-        <v>55</v>
+        <v>117</v>
       </c>
       <c r="H211" t="s">
-        <v>92</v>
+        <v>118</v>
       </c>
       <c r="I211" t="s">
-        <v>199</v>
+        <v>182</v>
       </c>
       <c r="J211" t="s">
-        <v>200</v>
+        <v>183</v>
       </c>
       <c r="K211" t="s">
-        <v>200</v>
+        <v>183</v>
       </c>
       <c r="L211"/>
       <c r="M211" t="s">
-        <v>191</v>
+        <v>121</v>
       </c>
       <c r="N211">
-        <v>131184</v>
+        <v>128544</v>
       </c>
       <c r="O211">
         <v>2026</v>
       </c>
       <c r="P211">
-        <v>0</v>
+        <v>5441</v>
       </c>
       <c r="Q211" t="s">
-        <v>121</v>
+        <v>38</v>
       </c>
       <c r="R211" t="s">
         <v>34</v>
       </c>
       <c r="S211" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="T211" t="s">
-        <v>197</v>
+        <v>180</v>
       </c>
       <c r="U211"/>
       <c r="V211">
         <v>0</v>
       </c>
       <c r="W211" t="s">
-        <v>44</v>
+        <v>93</v>
       </c>
     </row>
     <row r="212" spans="1:104">
       <c r="A212">
-        <v>59337</v>
+        <v>58619</v>
       </c>
       <c r="B212" t="s">
         <v>23</v>
       </c>
       <c r="C212" t="s">
-        <v>53</v>
+        <v>113</v>
       </c>
       <c r="D212" t="s">
-        <v>197</v>
+        <v>178</v>
       </c>
       <c r="E212" t="s">
-        <v>198</v>
+        <v>180</v>
       </c>
       <c r="F212" t="s">
-        <v>91</v>
+        <v>181</v>
       </c>
       <c r="G212" t="s">
-        <v>55</v>
+        <v>117</v>
       </c>
       <c r="H212" t="s">
-        <v>92</v>
+        <v>118</v>
       </c>
       <c r="I212" t="s">
-        <v>199</v>
+        <v>182</v>
       </c>
       <c r="J212" t="s">
-        <v>200</v>
+        <v>183</v>
       </c>
       <c r="K212" t="s">
-        <v>200</v>
+        <v>183</v>
       </c>
       <c r="L212"/>
       <c r="M212" t="s">
-        <v>191</v>
+        <v>121</v>
       </c>
       <c r="N212">
-        <v>131185</v>
+        <v>128545</v>
       </c>
       <c r="O212">
         <v>2026</v>
       </c>
       <c r="P212">
-        <v>0</v>
+        <v>460</v>
       </c>
       <c r="Q212" t="s">
-        <v>121</v>
+        <v>38</v>
       </c>
       <c r="R212" t="s">
-        <v>94</v>
+        <v>34</v>
       </c>
       <c r="S212" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="T212" t="s">
-        <v>197</v>
+        <v>180</v>
       </c>
       <c r="U212"/>
       <c r="V212">
         <v>0</v>
       </c>
       <c r="W212" t="s">
-        <v>44</v>
+        <v>93</v>
       </c>
     </row>
     <row r="213" spans="1:104">
       <c r="A213">
-        <v>59473</v>
+        <v>59087</v>
       </c>
       <c r="B213" t="s">
         <v>23</v>
       </c>
       <c r="C213" t="s">
-        <v>201</v>
+        <v>79</v>
       </c>
       <c r="D213" t="s">
-        <v>202</v>
+        <v>187</v>
       </c>
       <c r="E213" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
       <c r="F213" t="s">
-        <v>169</v>
+        <v>189</v>
       </c>
       <c r="G213" t="s">
-        <v>203</v>
+        <v>83</v>
       </c>
       <c r="H213" t="s">
-        <v>204</v>
+        <v>29</v>
       </c>
       <c r="I213" t="s">
-        <v>205</v>
+        <v>57</v>
       </c>
       <c r="J213" t="s">
-        <v>206</v>
+        <v>58</v>
       </c>
       <c r="K213" t="s">
-        <v>206</v>
+        <v>58</v>
       </c>
       <c r="L213"/>
       <c r="M213" t="s">
-        <v>191</v>
+        <v>121</v>
       </c>
       <c r="N213">
-        <v>131077</v>
+        <v>129796</v>
       </c>
       <c r="O213">
         <v>2026</v>
       </c>
       <c r="P213">
-        <v>5458</v>
+        <v>462</v>
       </c>
       <c r="Q213" t="s">
-        <v>121</v>
+        <v>38</v>
       </c>
       <c r="R213" t="s">
-        <v>207</v>
+        <v>34</v>
       </c>
       <c r="S213" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="T213" t="s">
-        <v>202</v>
+        <v>180</v>
       </c>
       <c r="U213"/>
       <c r="V213">
         <v>0</v>
       </c>
       <c r="W213" t="s">
-        <v>32</v>
+        <v>84</v>
       </c>
     </row>
     <row r="214" spans="1:104">
       <c r="A214">
-        <v>59473</v>
+        <v>59345</v>
       </c>
       <c r="B214" t="s">
         <v>23</v>
       </c>
       <c r="C214" t="s">
-        <v>201</v>
+        <v>60</v>
       </c>
       <c r="D214" t="s">
-        <v>202</v>
+        <v>187</v>
       </c>
       <c r="E214" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
       <c r="F214" t="s">
-        <v>169</v>
+        <v>190</v>
       </c>
       <c r="G214" t="s">
-        <v>203</v>
+        <v>42</v>
       </c>
       <c r="H214" t="s">
-        <v>204</v>
+        <v>29</v>
       </c>
       <c r="I214" t="s">
-        <v>205</v>
+        <v>51</v>
       </c>
       <c r="J214" t="s">
-        <v>206</v>
+        <v>52</v>
       </c>
       <c r="K214" t="s">
-        <v>206</v>
+        <v>52</v>
       </c>
       <c r="L214"/>
       <c r="M214" t="s">
-        <v>191</v>
+        <v>121</v>
       </c>
       <c r="N214">
-        <v>131078</v>
+        <v>130662</v>
       </c>
       <c r="O214">
         <v>2026</v>
       </c>
       <c r="P214">
-        <v>477</v>
+        <v>5443</v>
       </c>
       <c r="Q214" t="s">
-        <v>121</v>
+        <v>33</v>
       </c>
       <c r="R214" t="s">
-        <v>207</v>
+        <v>34</v>
       </c>
       <c r="S214" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="T214" t="s">
-        <v>202</v>
+        <v>180</v>
       </c>
       <c r="U214"/>
       <c r="V214">
         <v>0</v>
       </c>
       <c r="W214" t="s">
-        <v>32</v>
+        <v>45</v>
       </c>
     </row>
     <row r="215" spans="1:104">
       <c r="A215">
-        <v>59337</v>
+        <v>59087</v>
       </c>
       <c r="B215" t="s">
         <v>23</v>
       </c>
       <c r="C215" t="s">
-        <v>53</v>
+        <v>79</v>
       </c>
       <c r="D215" t="s">
-        <v>197</v>
+        <v>187</v>
       </c>
       <c r="E215" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
       <c r="F215" t="s">
-        <v>91</v>
+        <v>189</v>
       </c>
       <c r="G215" t="s">
-        <v>55</v>
+        <v>83</v>
       </c>
       <c r="H215" t="s">
-        <v>92</v>
+        <v>29</v>
       </c>
       <c r="I215" t="s">
-        <v>199</v>
+        <v>57</v>
       </c>
       <c r="J215" t="s">
-        <v>200</v>
+        <v>58</v>
       </c>
       <c r="K215" t="s">
-        <v>200</v>
+        <v>58</v>
       </c>
       <c r="L215"/>
       <c r="M215" t="s">
-        <v>191</v>
+        <v>121</v>
       </c>
       <c r="N215">
-        <v>131186</v>
+        <v>129797</v>
       </c>
       <c r="O215">
         <v>2026</v>
       </c>
       <c r="P215">
-        <v>0</v>
+        <v>5444</v>
       </c>
       <c r="Q215" t="s">
-        <v>121</v>
+        <v>38</v>
       </c>
       <c r="R215" t="s">
         <v>34</v>
       </c>
       <c r="S215" t="s">
         <v>35</v>
       </c>
       <c r="T215" t="s">
-        <v>202</v>
+        <v>191</v>
       </c>
       <c r="U215"/>
       <c r="V215">
         <v>0</v>
       </c>
       <c r="W215" t="s">
-        <v>44</v>
+        <v>84</v>
       </c>
     </row>
     <row r="216" spans="1:104">
       <c r="A216">
-        <v>59337</v>
+        <v>59345</v>
       </c>
       <c r="B216" t="s">
         <v>23</v>
       </c>
       <c r="C216" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="D216" t="s">
-        <v>197</v>
+        <v>187</v>
       </c>
       <c r="E216" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
       <c r="F216" t="s">
-        <v>91</v>
+        <v>190</v>
       </c>
       <c r="G216" t="s">
-        <v>55</v>
+        <v>42</v>
       </c>
       <c r="H216" t="s">
-        <v>92</v>
+        <v>29</v>
       </c>
       <c r="I216" t="s">
-        <v>199</v>
+        <v>51</v>
       </c>
       <c r="J216" t="s">
-        <v>200</v>
+        <v>52</v>
       </c>
       <c r="K216" t="s">
-        <v>200</v>
+        <v>52</v>
       </c>
       <c r="L216"/>
       <c r="M216" t="s">
-        <v>191</v>
+        <v>121</v>
       </c>
       <c r="N216">
-        <v>131187</v>
+        <v>130663</v>
       </c>
       <c r="O216">
         <v>2026</v>
       </c>
       <c r="P216">
-        <v>0</v>
+        <v>463</v>
       </c>
       <c r="Q216" t="s">
-        <v>121</v>
+        <v>33</v>
       </c>
       <c r="R216" t="s">
         <v>34</v>
       </c>
       <c r="S216" t="s">
         <v>37</v>
       </c>
       <c r="T216" t="s">
-        <v>202</v>
+        <v>191</v>
       </c>
       <c r="U216"/>
       <c r="V216">
         <v>0</v>
       </c>
       <c r="W216" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="217" spans="1:104">
       <c r="A217">
-        <v>59337</v>
+        <v>59087</v>
       </c>
       <c r="B217" t="s">
         <v>23</v>
       </c>
       <c r="C217" t="s">
-        <v>53</v>
+        <v>79</v>
       </c>
       <c r="D217" t="s">
-        <v>197</v>
+        <v>187</v>
       </c>
       <c r="E217" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
       <c r="F217" t="s">
-        <v>91</v>
+        <v>189</v>
       </c>
       <c r="G217" t="s">
-        <v>55</v>
+        <v>83</v>
       </c>
       <c r="H217" t="s">
-        <v>92</v>
+        <v>29</v>
       </c>
       <c r="I217" t="s">
-        <v>199</v>
+        <v>57</v>
       </c>
       <c r="J217" t="s">
-        <v>200</v>
+        <v>58</v>
       </c>
       <c r="K217" t="s">
-        <v>200</v>
+        <v>58</v>
       </c>
       <c r="L217"/>
       <c r="M217" t="s">
-        <v>191</v>
+        <v>121</v>
       </c>
       <c r="N217">
-        <v>131188</v>
+        <v>129799</v>
       </c>
       <c r="O217">
         <v>2026</v>
       </c>
       <c r="P217">
-        <v>0</v>
+        <v>5445</v>
       </c>
       <c r="Q217" t="s">
-        <v>121</v>
+        <v>38</v>
       </c>
       <c r="R217" t="s">
-        <v>94</v>
+        <v>34</v>
       </c>
       <c r="S217" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="T217" t="s">
-        <v>202</v>
+        <v>188</v>
       </c>
       <c r="U217"/>
       <c r="V217">
         <v>0</v>
       </c>
       <c r="W217" t="s">
-        <v>44</v>
+        <v>84</v>
       </c>
     </row>
     <row r="218" spans="1:104">
       <c r="A218">
-        <v>59337</v>
+        <v>59345</v>
       </c>
       <c r="B218" t="s">
         <v>23</v>
       </c>
       <c r="C218" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="D218" t="s">
-        <v>197</v>
+        <v>187</v>
       </c>
       <c r="E218" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
       <c r="F218" t="s">
-        <v>91</v>
+        <v>190</v>
       </c>
       <c r="G218" t="s">
-        <v>55</v>
+        <v>42</v>
       </c>
       <c r="H218" t="s">
-        <v>92</v>
+        <v>29</v>
       </c>
       <c r="I218" t="s">
-        <v>199</v>
+        <v>51</v>
       </c>
       <c r="J218" t="s">
-        <v>200</v>
+        <v>52</v>
       </c>
       <c r="K218" t="s">
-        <v>200</v>
+        <v>52</v>
       </c>
       <c r="L218"/>
       <c r="M218" t="s">
-        <v>191</v>
+        <v>121</v>
       </c>
       <c r="N218">
-        <v>130619</v>
+        <v>130664</v>
       </c>
       <c r="O218">
         <v>2026</v>
       </c>
       <c r="P218">
-        <v>473</v>
+        <v>464</v>
       </c>
       <c r="Q218" t="s">
         <v>33</v>
       </c>
       <c r="R218" t="s">
         <v>34</v>
       </c>
       <c r="S218" t="s">
         <v>37</v>
       </c>
       <c r="T218" t="s">
-        <v>208</v>
+        <v>188</v>
       </c>
       <c r="U218"/>
       <c r="V218">
         <v>0</v>
       </c>
       <c r="W218" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="219" spans="1:104">
       <c r="A219">
-        <v>59337</v>
+        <v>59346</v>
       </c>
       <c r="B219" t="s">
         <v>23</v>
       </c>
-      <c r="C219" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C219"/>
       <c r="D219" t="s">
-        <v>197</v>
+        <v>192</v>
       </c>
       <c r="E219" t="s">
-        <v>198</v>
+        <v>193</v>
       </c>
       <c r="F219" t="s">
-        <v>91</v>
+        <v>194</v>
       </c>
       <c r="G219" t="s">
-        <v>55</v>
+        <v>42</v>
       </c>
       <c r="H219" t="s">
-        <v>92</v>
+        <v>195</v>
       </c>
       <c r="I219" t="s">
-        <v>199</v>
+        <v>30</v>
       </c>
       <c r="J219" t="s">
-        <v>200</v>
+        <v>31</v>
       </c>
       <c r="K219" t="s">
-        <v>200</v>
+        <v>31</v>
       </c>
       <c r="L219"/>
       <c r="M219" t="s">
-        <v>191</v>
+        <v>121</v>
       </c>
       <c r="N219">
-        <v>130620</v>
+        <v>130665</v>
       </c>
       <c r="O219">
         <v>2026</v>
       </c>
       <c r="P219">
-        <v>5454</v>
+        <v>5446</v>
       </c>
       <c r="Q219" t="s">
         <v>33</v>
       </c>
       <c r="R219" t="s">
-        <v>34</v>
+        <v>196</v>
       </c>
       <c r="S219" t="s">
         <v>35</v>
       </c>
       <c r="T219" t="s">
-        <v>208</v>
+        <v>192</v>
       </c>
       <c r="U219"/>
       <c r="V219">
         <v>0</v>
       </c>
       <c r="W219" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="220" spans="1:104">
       <c r="A220">
-        <v>59347</v>
+        <v>59346</v>
       </c>
       <c r="B220" t="s">
         <v>23</v>
       </c>
-      <c r="C220" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C220"/>
       <c r="D220" t="s">
-        <v>208</v>
+        <v>192</v>
       </c>
       <c r="E220" t="s">
-        <v>198</v>
+        <v>193</v>
       </c>
       <c r="F220" t="s">
-        <v>136</v>
+        <v>194</v>
       </c>
       <c r="G220" t="s">
         <v>42</v>
       </c>
       <c r="H220" t="s">
-        <v>29</v>
+        <v>195</v>
       </c>
       <c r="I220" t="s">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="J220" t="s">
-        <v>51</v>
+        <v>31</v>
       </c>
       <c r="K220" t="s">
-        <v>51</v>
+        <v>31</v>
       </c>
       <c r="L220"/>
       <c r="M220" t="s">
-        <v>191</v>
+        <v>121</v>
       </c>
       <c r="N220">
-        <v>130669</v>
+        <v>130666</v>
       </c>
       <c r="O220">
         <v>2026</v>
       </c>
       <c r="P220">
-        <v>5463</v>
+        <v>465</v>
       </c>
       <c r="Q220" t="s">
         <v>33</v>
       </c>
       <c r="R220" t="s">
-        <v>34</v>
+        <v>196</v>
       </c>
       <c r="S220" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="T220" t="s">
-        <v>208</v>
+        <v>192</v>
       </c>
       <c r="U220"/>
       <c r="V220">
         <v>0</v>
       </c>
       <c r="W220" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="221" spans="1:104">
       <c r="A221">
-        <v>59348</v>
+        <v>59346</v>
       </c>
       <c r="B221" t="s">
         <v>23</v>
       </c>
-      <c r="C221" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C221"/>
       <c r="D221" t="s">
-        <v>208</v>
+        <v>192</v>
       </c>
       <c r="E221" t="s">
-        <v>198</v>
+        <v>193</v>
       </c>
       <c r="F221" t="s">
-        <v>209</v>
+        <v>194</v>
       </c>
       <c r="G221" t="s">
         <v>42</v>
       </c>
       <c r="H221" t="s">
-        <v>29</v>
+        <v>195</v>
       </c>
       <c r="I221" t="s">
-        <v>56</v>
+        <v>30</v>
       </c>
       <c r="J221" t="s">
-        <v>57</v>
+        <v>31</v>
       </c>
       <c r="K221" t="s">
-        <v>57</v>
+        <v>31</v>
       </c>
       <c r="L221"/>
       <c r="M221" t="s">
-        <v>191</v>
+        <v>121</v>
       </c>
       <c r="N221">
-        <v>130673</v>
+        <v>130667</v>
       </c>
       <c r="O221">
         <v>2026</v>
       </c>
       <c r="P221">
-        <v>482</v>
+        <v>5447</v>
       </c>
       <c r="Q221" t="s">
         <v>38</v>
       </c>
       <c r="R221" t="s">
-        <v>34</v>
+        <v>196</v>
       </c>
       <c r="S221" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="T221" t="s">
-        <v>208</v>
+        <v>193</v>
       </c>
       <c r="U221"/>
       <c r="V221">
         <v>0</v>
       </c>
       <c r="W221" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="222" spans="1:104">
       <c r="A222">
-        <v>59473</v>
+        <v>59346</v>
       </c>
       <c r="B222" t="s">
         <v>23</v>
       </c>
-      <c r="C222" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C222"/>
       <c r="D222" t="s">
-        <v>202</v>
+        <v>192</v>
       </c>
       <c r="E222" t="s">
-        <v>198</v>
+        <v>193</v>
       </c>
       <c r="F222" t="s">
-        <v>169</v>
+        <v>194</v>
       </c>
       <c r="G222" t="s">
-        <v>203</v>
+        <v>42</v>
       </c>
       <c r="H222" t="s">
-        <v>204</v>
+        <v>195</v>
       </c>
       <c r="I222" t="s">
-        <v>205</v>
+        <v>30</v>
       </c>
       <c r="J222" t="s">
-        <v>206</v>
+        <v>31</v>
       </c>
       <c r="K222" t="s">
-        <v>206</v>
+        <v>31</v>
       </c>
       <c r="L222"/>
       <c r="M222" t="s">
-        <v>191</v>
+        <v>121</v>
       </c>
       <c r="N222">
-        <v>131079</v>
+        <v>130668</v>
       </c>
       <c r="O222">
         <v>2026</v>
       </c>
       <c r="P222">
-        <v>5459</v>
+        <v>466</v>
       </c>
       <c r="Q222" t="s">
-        <v>121</v>
+        <v>38</v>
       </c>
       <c r="R222" t="s">
-        <v>207</v>
+        <v>196</v>
       </c>
       <c r="S222" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="T222" t="s">
-        <v>208</v>
+        <v>193</v>
       </c>
       <c r="U222"/>
       <c r="V222">
         <v>0</v>
       </c>
       <c r="W222" t="s">
-        <v>32</v>
+        <v>45</v>
       </c>
     </row>
     <row r="223" spans="1:104">
       <c r="A223">
-        <v>59337</v>
+        <v>58541</v>
       </c>
       <c r="B223" t="s">
         <v>23</v>
       </c>
       <c r="C223" t="s">
-        <v>53</v>
+        <v>197</v>
       </c>
       <c r="D223" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="E223" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="F223" t="s">
-        <v>91</v>
+        <v>66</v>
       </c>
       <c r="G223" t="s">
-        <v>55</v>
+        <v>90</v>
       </c>
       <c r="H223" t="s">
-        <v>92</v>
+        <v>200</v>
       </c>
       <c r="I223" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="J223" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="K223" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="L223"/>
       <c r="M223" t="s">
-        <v>191</v>
+        <v>121</v>
       </c>
       <c r="N223">
-        <v>130621</v>
+        <v>128464</v>
       </c>
       <c r="O223">
         <v>2026</v>
       </c>
       <c r="P223">
-        <v>474</v>
+        <v>5448</v>
       </c>
       <c r="Q223" t="s">
-        <v>33</v>
+        <v>128</v>
       </c>
       <c r="R223" t="s">
-        <v>34</v>
+        <v>203</v>
       </c>
       <c r="S223" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="T223" t="s">
-        <v>210</v>
+        <v>198</v>
       </c>
       <c r="U223"/>
       <c r="V223">
         <v>0</v>
       </c>
       <c r="W223" t="s">
-        <v>44</v>
+        <v>93</v>
       </c>
     </row>
     <row r="224" spans="1:104">
       <c r="A224">
-        <v>59337</v>
+        <v>58541</v>
       </c>
       <c r="B224" t="s">
         <v>23</v>
       </c>
       <c r="C224" t="s">
-        <v>53</v>
+        <v>197</v>
       </c>
       <c r="D224" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="E224" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="F224" t="s">
-        <v>91</v>
+        <v>66</v>
       </c>
       <c r="G224" t="s">
-        <v>55</v>
+        <v>90</v>
       </c>
       <c r="H224" t="s">
-        <v>92</v>
+        <v>200</v>
       </c>
       <c r="I224" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="J224" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="K224" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="L224"/>
       <c r="M224" t="s">
-        <v>191</v>
+        <v>121</v>
       </c>
       <c r="N224">
-        <v>130622</v>
+        <v>128465</v>
       </c>
       <c r="O224">
         <v>2026</v>
       </c>
       <c r="P224">
-        <v>5455</v>
+        <v>467</v>
       </c>
       <c r="Q224" t="s">
-        <v>33</v>
+        <v>128</v>
       </c>
       <c r="R224" t="s">
-        <v>34</v>
+        <v>203</v>
       </c>
       <c r="S224" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="T224" t="s">
-        <v>210</v>
+        <v>198</v>
       </c>
       <c r="U224"/>
       <c r="V224">
         <v>0</v>
       </c>
       <c r="W224" t="s">
-        <v>44</v>
+        <v>93</v>
       </c>
     </row>
     <row r="225" spans="1:104">
       <c r="A225">
-        <v>59347</v>
+        <v>58541</v>
       </c>
       <c r="B225" t="s">
         <v>23</v>
       </c>
       <c r="C225" t="s">
-        <v>59</v>
+        <v>197</v>
       </c>
       <c r="D225" t="s">
-        <v>208</v>
+        <v>198</v>
       </c>
       <c r="E225" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="F225" t="s">
-        <v>136</v>
+        <v>66</v>
       </c>
       <c r="G225" t="s">
-        <v>42</v>
+        <v>90</v>
       </c>
       <c r="H225" t="s">
-        <v>29</v>
+        <v>200</v>
       </c>
       <c r="I225" t="s">
-        <v>50</v>
+        <v>201</v>
       </c>
       <c r="J225" t="s">
-        <v>51</v>
+        <v>202</v>
       </c>
       <c r="K225" t="s">
-        <v>51</v>
+        <v>202</v>
       </c>
       <c r="L225"/>
       <c r="M225" t="s">
-        <v>191</v>
+        <v>121</v>
       </c>
       <c r="N225">
-        <v>130670</v>
+        <v>128466</v>
       </c>
       <c r="O225">
         <v>2026</v>
       </c>
       <c r="P225">
-        <v>5464</v>
+        <v>5449</v>
       </c>
       <c r="Q225" t="s">
-        <v>33</v>
+        <v>128</v>
       </c>
       <c r="R225" t="s">
         <v>34</v>
       </c>
       <c r="S225" t="s">
         <v>35</v>
       </c>
       <c r="T225" t="s">
-        <v>210</v>
+        <v>204</v>
       </c>
       <c r="U225"/>
       <c r="V225">
         <v>0</v>
       </c>
       <c r="W225" t="s">
-        <v>44</v>
+        <v>93</v>
       </c>
     </row>
     <row r="226" spans="1:104">
       <c r="A226">
-        <v>59348</v>
+        <v>58541</v>
       </c>
       <c r="B226" t="s">
         <v>23</v>
       </c>
       <c r="C226" t="s">
-        <v>59</v>
+        <v>197</v>
       </c>
       <c r="D226" t="s">
-        <v>208</v>
+        <v>198</v>
       </c>
       <c r="E226" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="F226" t="s">
-        <v>209</v>
+        <v>66</v>
       </c>
       <c r="G226" t="s">
-        <v>42</v>
+        <v>90</v>
       </c>
       <c r="H226" t="s">
-        <v>29</v>
+        <v>200</v>
       </c>
       <c r="I226" t="s">
-        <v>56</v>
+        <v>201</v>
       </c>
       <c r="J226" t="s">
-        <v>57</v>
+        <v>202</v>
       </c>
       <c r="K226" t="s">
-        <v>57</v>
+        <v>202</v>
       </c>
       <c r="L226"/>
       <c r="M226" t="s">
-        <v>191</v>
+        <v>121</v>
       </c>
       <c r="N226">
-        <v>130674</v>
+        <v>128467</v>
       </c>
       <c r="O226">
         <v>2026</v>
       </c>
       <c r="P226">
-        <v>483</v>
+        <v>468</v>
       </c>
       <c r="Q226" t="s">
-        <v>38</v>
+        <v>128</v>
       </c>
       <c r="R226" t="s">
         <v>34</v>
       </c>
       <c r="S226" t="s">
         <v>37</v>
       </c>
       <c r="T226" t="s">
-        <v>210</v>
+        <v>204</v>
       </c>
       <c r="U226"/>
       <c r="V226">
         <v>0</v>
       </c>
       <c r="W226" t="s">
-        <v>44</v>
+        <v>93</v>
       </c>
     </row>
     <row r="227" spans="1:104">
       <c r="A227">
-        <v>59473</v>
+        <v>58541</v>
       </c>
       <c r="B227" t="s">
         <v>23</v>
       </c>
       <c r="C227" t="s">
+        <v>197</v>
+      </c>
+      <c r="D227" t="s">
+        <v>198</v>
+      </c>
+      <c r="E227" t="s">
+        <v>199</v>
+      </c>
+      <c r="F227" t="s">
+        <v>66</v>
+      </c>
+      <c r="G227" t="s">
+        <v>90</v>
+      </c>
+      <c r="H227" t="s">
+        <v>200</v>
+      </c>
+      <c r="I227" t="s">
         <v>201</v>
       </c>
-      <c r="D227" t="s">
+      <c r="J227" t="s">
         <v>202</v>
       </c>
-      <c r="E227" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K227" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="L227"/>
       <c r="M227" t="s">
-        <v>191</v>
+        <v>121</v>
       </c>
       <c r="N227">
-        <v>131081</v>
+        <v>128468</v>
       </c>
       <c r="O227">
         <v>2026</v>
       </c>
       <c r="P227">
-        <v>5460</v>
+        <v>5450</v>
       </c>
       <c r="Q227" t="s">
         <v>33</v>
       </c>
       <c r="R227" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="S227" t="s">
         <v>35</v>
       </c>
       <c r="T227" t="s">
-        <v>210</v>
+        <v>205</v>
       </c>
       <c r="U227"/>
       <c r="V227">
         <v>0</v>
       </c>
       <c r="W227" t="s">
-        <v>32</v>
+        <v>93</v>
       </c>
     </row>
     <row r="228" spans="1:104">
       <c r="A228">
-        <v>59473</v>
+        <v>58541</v>
       </c>
       <c r="B228" t="s">
         <v>23</v>
       </c>
       <c r="C228" t="s">
+        <v>197</v>
+      </c>
+      <c r="D228" t="s">
+        <v>198</v>
+      </c>
+      <c r="E228" t="s">
+        <v>199</v>
+      </c>
+      <c r="F228" t="s">
+        <v>66</v>
+      </c>
+      <c r="G228" t="s">
+        <v>90</v>
+      </c>
+      <c r="H228" t="s">
+        <v>200</v>
+      </c>
+      <c r="I228" t="s">
         <v>201</v>
       </c>
-      <c r="D228" t="s">
+      <c r="J228" t="s">
         <v>202</v>
       </c>
-      <c r="E228" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K228" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="L228"/>
       <c r="M228" t="s">
-        <v>191</v>
+        <v>121</v>
       </c>
       <c r="N228">
-        <v>131082</v>
+        <v>128469</v>
       </c>
       <c r="O228">
         <v>2026</v>
       </c>
       <c r="P228">
-        <v>479</v>
+        <v>469</v>
       </c>
       <c r="Q228" t="s">
         <v>33</v>
       </c>
       <c r="R228" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="S228" t="s">
         <v>37</v>
       </c>
       <c r="T228" t="s">
-        <v>210</v>
+        <v>205</v>
       </c>
       <c r="U228"/>
       <c r="V228">
         <v>0</v>
       </c>
       <c r="W228" t="s">
-        <v>32</v>
+        <v>93</v>
       </c>
     </row>
     <row r="229" spans="1:104">
       <c r="A229">
-        <v>59337</v>
+        <v>58541</v>
       </c>
       <c r="B229" t="s">
         <v>23</v>
       </c>
       <c r="C229" t="s">
-        <v>53</v>
+        <v>197</v>
       </c>
       <c r="D229" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="E229" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="F229" t="s">
-        <v>91</v>
+        <v>66</v>
       </c>
       <c r="G229" t="s">
-        <v>55</v>
+        <v>90</v>
       </c>
       <c r="H229" t="s">
-        <v>92</v>
+        <v>200</v>
       </c>
       <c r="I229" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="J229" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="K229" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="L229"/>
       <c r="M229" t="s">
-        <v>191</v>
+        <v>121</v>
       </c>
       <c r="N229">
-        <v>130623</v>
+        <v>128470</v>
       </c>
       <c r="O229">
         <v>2026</v>
       </c>
       <c r="P229">
-        <v>475</v>
+        <v>5451</v>
       </c>
       <c r="Q229" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="R229" t="s">
         <v>34</v>
       </c>
       <c r="S229" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="T229" t="s">
-        <v>211</v>
+        <v>206</v>
       </c>
       <c r="U229"/>
       <c r="V229">
         <v>0</v>
       </c>
       <c r="W229" t="s">
-        <v>44</v>
+        <v>93</v>
       </c>
     </row>
     <row r="230" spans="1:104">
       <c r="A230">
-        <v>59337</v>
+        <v>58541</v>
       </c>
       <c r="B230" t="s">
         <v>23</v>
       </c>
       <c r="C230" t="s">
-        <v>53</v>
+        <v>197</v>
       </c>
       <c r="D230" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="E230" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="F230" t="s">
-        <v>91</v>
+        <v>66</v>
       </c>
       <c r="G230" t="s">
-        <v>55</v>
+        <v>90</v>
       </c>
       <c r="H230" t="s">
-        <v>92</v>
+        <v>200</v>
       </c>
       <c r="I230" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="J230" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="K230" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="L230"/>
       <c r="M230" t="s">
-        <v>191</v>
+        <v>121</v>
       </c>
       <c r="N230">
-        <v>130624</v>
+        <v>128471</v>
       </c>
       <c r="O230">
         <v>2026</v>
       </c>
       <c r="P230">
-        <v>5456</v>
+        <v>470</v>
       </c>
       <c r="Q230" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="R230" t="s">
         <v>34</v>
       </c>
       <c r="S230" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="T230" t="s">
-        <v>211</v>
+        <v>206</v>
       </c>
       <c r="U230"/>
       <c r="V230">
         <v>0</v>
       </c>
       <c r="W230" t="s">
-        <v>44</v>
+        <v>93</v>
       </c>
     </row>
     <row r="231" spans="1:104">
       <c r="A231">
-        <v>59347</v>
+        <v>58541</v>
       </c>
       <c r="B231" t="s">
         <v>23</v>
       </c>
       <c r="C231" t="s">
-        <v>59</v>
+        <v>197</v>
       </c>
       <c r="D231" t="s">
-        <v>208</v>
+        <v>198</v>
       </c>
       <c r="E231" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="F231" t="s">
-        <v>136</v>
+        <v>66</v>
       </c>
       <c r="G231" t="s">
-        <v>42</v>
+        <v>90</v>
       </c>
       <c r="H231" t="s">
-        <v>29</v>
+        <v>200</v>
       </c>
       <c r="I231" t="s">
-        <v>50</v>
+        <v>201</v>
       </c>
       <c r="J231" t="s">
-        <v>51</v>
+        <v>202</v>
       </c>
       <c r="K231" t="s">
-        <v>51</v>
+        <v>202</v>
       </c>
       <c r="L231"/>
       <c r="M231" t="s">
-        <v>191</v>
+        <v>121</v>
       </c>
       <c r="N231">
-        <v>130671</v>
+        <v>128472</v>
       </c>
       <c r="O231">
         <v>2026</v>
       </c>
       <c r="P231">
-        <v>484</v>
+        <v>5452</v>
       </c>
       <c r="Q231" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="R231" t="s">
-        <v>34</v>
+        <v>203</v>
       </c>
       <c r="S231" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="T231" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="U231"/>
       <c r="V231">
         <v>0</v>
       </c>
       <c r="W231" t="s">
-        <v>44</v>
+        <v>93</v>
       </c>
     </row>
     <row r="232" spans="1:104">
       <c r="A232">
-        <v>59348</v>
+        <v>58541</v>
       </c>
       <c r="B232" t="s">
         <v>23</v>
       </c>
       <c r="C232" t="s">
-        <v>59</v>
+        <v>197</v>
       </c>
       <c r="D232" t="s">
-        <v>208</v>
+        <v>198</v>
       </c>
       <c r="E232" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="F232" t="s">
-        <v>209</v>
+        <v>66</v>
       </c>
       <c r="G232" t="s">
-        <v>42</v>
+        <v>90</v>
       </c>
       <c r="H232" t="s">
-        <v>29</v>
+        <v>200</v>
       </c>
       <c r="I232" t="s">
-        <v>56</v>
+        <v>201</v>
       </c>
       <c r="J232" t="s">
-        <v>57</v>
+        <v>202</v>
       </c>
       <c r="K232" t="s">
-        <v>57</v>
+        <v>202</v>
       </c>
       <c r="L232"/>
       <c r="M232" t="s">
-        <v>191</v>
+        <v>121</v>
       </c>
       <c r="N232">
-        <v>130675</v>
+        <v>128473</v>
       </c>
       <c r="O232">
         <v>2026</v>
       </c>
       <c r="P232">
-        <v>5465</v>
+        <v>471</v>
       </c>
       <c r="Q232" t="s">
         <v>38</v>
       </c>
       <c r="R232" t="s">
-        <v>34</v>
+        <v>203</v>
       </c>
       <c r="S232" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="T232" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="U232"/>
       <c r="V232">
         <v>0</v>
       </c>
       <c r="W232" t="s">
-        <v>44</v>
+        <v>93</v>
       </c>
     </row>
     <row r="233" spans="1:104">
       <c r="A233">
-        <v>59473</v>
+        <v>58541</v>
       </c>
       <c r="B233" t="s">
         <v>23</v>
       </c>
       <c r="C233" t="s">
+        <v>197</v>
+      </c>
+      <c r="D233" t="s">
+        <v>198</v>
+      </c>
+      <c r="E233" t="s">
+        <v>199</v>
+      </c>
+      <c r="F233" t="s">
+        <v>66</v>
+      </c>
+      <c r="G233" t="s">
+        <v>90</v>
+      </c>
+      <c r="H233" t="s">
+        <v>200</v>
+      </c>
+      <c r="I233" t="s">
         <v>201</v>
       </c>
-      <c r="D233" t="s">
+      <c r="J233" t="s">
         <v>202</v>
       </c>
-      <c r="E233" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K233" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="L233"/>
       <c r="M233" t="s">
-        <v>191</v>
+        <v>121</v>
       </c>
       <c r="N233">
-        <v>131083</v>
+        <v>128474</v>
       </c>
       <c r="O233">
         <v>2026</v>
       </c>
       <c r="P233">
-        <v>5461</v>
+        <v>5453</v>
       </c>
       <c r="Q233" t="s">
         <v>38</v>
       </c>
       <c r="R233" t="s">
-        <v>207</v>
+        <v>34</v>
       </c>
       <c r="S233" t="s">
         <v>35</v>
       </c>
       <c r="T233" t="s">
-        <v>211</v>
+        <v>199</v>
       </c>
       <c r="U233"/>
       <c r="V233">
         <v>0</v>
       </c>
       <c r="W233" t="s">
-        <v>32</v>
+        <v>93</v>
       </c>
     </row>
     <row r="234" spans="1:104">
       <c r="A234">
-        <v>59473</v>
+        <v>58541</v>
       </c>
       <c r="B234" t="s">
         <v>23</v>
       </c>
       <c r="C234" t="s">
+        <v>197</v>
+      </c>
+      <c r="D234" t="s">
+        <v>198</v>
+      </c>
+      <c r="E234" t="s">
+        <v>199</v>
+      </c>
+      <c r="F234" t="s">
+        <v>66</v>
+      </c>
+      <c r="G234" t="s">
+        <v>90</v>
+      </c>
+      <c r="H234" t="s">
+        <v>200</v>
+      </c>
+      <c r="I234" t="s">
         <v>201</v>
       </c>
-      <c r="D234" t="s">
+      <c r="J234" t="s">
         <v>202</v>
       </c>
-      <c r="E234" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K234" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="L234"/>
       <c r="M234" t="s">
-        <v>191</v>
+        <v>121</v>
       </c>
       <c r="N234">
-        <v>131084</v>
+        <v>128475</v>
       </c>
       <c r="O234">
         <v>2026</v>
       </c>
       <c r="P234">
-        <v>480</v>
+        <v>472</v>
       </c>
       <c r="Q234" t="s">
         <v>38</v>
       </c>
       <c r="R234" t="s">
-        <v>207</v>
+        <v>34</v>
       </c>
       <c r="S234" t="s">
         <v>37</v>
       </c>
       <c r="T234" t="s">
-        <v>211</v>
+        <v>199</v>
       </c>
       <c r="U234"/>
       <c r="V234">
         <v>0</v>
       </c>
       <c r="W234" t="s">
-        <v>32</v>
+        <v>93</v>
       </c>
     </row>
     <row r="235" spans="1:104">
       <c r="A235">
         <v>59337</v>
       </c>
       <c r="B235" t="s">
         <v>23</v>
       </c>
       <c r="C235" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D235" t="s">
-        <v>197</v>
+        <v>208</v>
       </c>
       <c r="E235" t="s">
-        <v>198</v>
+        <v>209</v>
       </c>
       <c r="F235" t="s">
-        <v>91</v>
+        <v>98</v>
       </c>
       <c r="G235" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H235" t="s">
-        <v>92</v>
+        <v>99</v>
       </c>
       <c r="I235" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="J235" t="s">
-        <v>200</v>
+        <v>210</v>
       </c>
       <c r="K235" t="s">
-        <v>200</v>
+        <v>210</v>
       </c>
       <c r="L235"/>
       <c r="M235" t="s">
-        <v>191</v>
+        <v>121</v>
       </c>
       <c r="N235">
-        <v>130625</v>
+        <v>131183</v>
       </c>
       <c r="O235">
         <v>2026</v>
       </c>
       <c r="P235">
-        <v>476</v>
+        <v>6974</v>
       </c>
       <c r="Q235" t="s">
-        <v>38</v>
+        <v>128</v>
       </c>
       <c r="R235" t="s">
         <v>34</v>
       </c>
       <c r="S235" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="T235" t="s">
-        <v>198</v>
+        <v>208</v>
       </c>
       <c r="U235"/>
       <c r="V235">
         <v>0</v>
       </c>
       <c r="W235" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="236" spans="1:104">
       <c r="A236">
         <v>59337</v>
       </c>
       <c r="B236" t="s">
         <v>23</v>
       </c>
       <c r="C236" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D236" t="s">
-        <v>197</v>
+        <v>208</v>
       </c>
       <c r="E236" t="s">
-        <v>198</v>
+        <v>209</v>
       </c>
       <c r="F236" t="s">
-        <v>91</v>
+        <v>98</v>
       </c>
       <c r="G236" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H236" t="s">
-        <v>92</v>
+        <v>99</v>
       </c>
       <c r="I236" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="J236" t="s">
-        <v>200</v>
+        <v>210</v>
       </c>
       <c r="K236" t="s">
-        <v>200</v>
+        <v>210</v>
       </c>
       <c r="L236"/>
       <c r="M236" t="s">
-        <v>191</v>
+        <v>121</v>
       </c>
       <c r="N236">
-        <v>130626</v>
+        <v>131184</v>
       </c>
       <c r="O236">
         <v>2026</v>
       </c>
       <c r="P236">
-        <v>5457</v>
+        <v>2043</v>
       </c>
       <c r="Q236" t="s">
-        <v>38</v>
+        <v>128</v>
       </c>
       <c r="R236" t="s">
         <v>34</v>
       </c>
       <c r="S236" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="T236" t="s">
-        <v>198</v>
+        <v>208</v>
       </c>
       <c r="U236"/>
       <c r="V236">
         <v>0</v>
       </c>
       <c r="W236" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="237" spans="1:104">
       <c r="A237">
-        <v>59347</v>
+        <v>59337</v>
       </c>
       <c r="B237" t="s">
         <v>23</v>
       </c>
       <c r="C237" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="D237" t="s">
         <v>208</v>
       </c>
       <c r="E237" t="s">
-        <v>198</v>
+        <v>209</v>
       </c>
       <c r="F237" t="s">
-        <v>136</v>
+        <v>98</v>
       </c>
       <c r="G237" t="s">
-        <v>42</v>
+        <v>56</v>
       </c>
       <c r="H237" t="s">
-        <v>29</v>
+        <v>99</v>
       </c>
       <c r="I237" t="s">
-        <v>50</v>
+        <v>201</v>
       </c>
       <c r="J237" t="s">
-        <v>51</v>
+        <v>210</v>
       </c>
       <c r="K237" t="s">
-        <v>51</v>
+        <v>210</v>
       </c>
       <c r="L237"/>
       <c r="M237" t="s">
-        <v>191</v>
+        <v>121</v>
       </c>
       <c r="N237">
-        <v>130672</v>
+        <v>131185</v>
       </c>
       <c r="O237">
         <v>2026</v>
       </c>
       <c r="P237">
-        <v>485</v>
+        <v>6975</v>
       </c>
       <c r="Q237" t="s">
-        <v>33</v>
+        <v>128</v>
       </c>
       <c r="R237" t="s">
-        <v>34</v>
+        <v>101</v>
       </c>
       <c r="S237" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="T237" t="s">
-        <v>198</v>
+        <v>208</v>
       </c>
       <c r="U237"/>
       <c r="V237">
         <v>0</v>
       </c>
       <c r="W237" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="238" spans="1:104">
       <c r="A238">
-        <v>59348</v>
+        <v>59473</v>
       </c>
       <c r="B238" t="s">
         <v>23</v>
       </c>
       <c r="C238" t="s">
-        <v>59</v>
+        <v>211</v>
       </c>
       <c r="D238" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="E238" t="s">
-        <v>198</v>
+        <v>209</v>
       </c>
       <c r="F238" t="s">
-        <v>209</v>
+        <v>181</v>
       </c>
       <c r="G238" t="s">
-        <v>42</v>
+        <v>213</v>
       </c>
       <c r="H238" t="s">
-        <v>29</v>
+        <v>214</v>
       </c>
       <c r="I238" t="s">
-        <v>56</v>
+        <v>215</v>
       </c>
       <c r="J238" t="s">
-        <v>57</v>
+        <v>216</v>
       </c>
       <c r="K238" t="s">
-        <v>57</v>
+        <v>216</v>
       </c>
       <c r="L238"/>
       <c r="M238" t="s">
-        <v>191</v>
+        <v>121</v>
       </c>
       <c r="N238">
-        <v>130676</v>
+        <v>131077</v>
       </c>
       <c r="O238">
         <v>2026</v>
       </c>
       <c r="P238">
-        <v>5466</v>
+        <v>5458</v>
       </c>
       <c r="Q238" t="s">
-        <v>38</v>
+        <v>128</v>
       </c>
       <c r="R238" t="s">
-        <v>34</v>
+        <v>217</v>
       </c>
       <c r="S238" t="s">
         <v>35</v>
       </c>
       <c r="T238" t="s">
-        <v>198</v>
+        <v>212</v>
       </c>
       <c r="U238"/>
       <c r="V238">
         <v>0</v>
       </c>
       <c r="W238" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="239" spans="1:104">
       <c r="A239">
         <v>59473</v>
       </c>
       <c r="B239" t="s">
         <v>23</v>
       </c>
       <c r="C239" t="s">
-        <v>201</v>
+        <v>211</v>
       </c>
       <c r="D239" t="s">
-        <v>202</v>
+        <v>212</v>
       </c>
       <c r="E239" t="s">
-        <v>198</v>
+        <v>209</v>
       </c>
       <c r="F239" t="s">
-        <v>169</v>
+        <v>181</v>
       </c>
       <c r="G239" t="s">
-        <v>203</v>
+        <v>213</v>
       </c>
       <c r="H239" t="s">
-        <v>204</v>
+        <v>214</v>
       </c>
       <c r="I239" t="s">
-        <v>205</v>
+        <v>215</v>
       </c>
       <c r="J239" t="s">
-        <v>206</v>
+        <v>216</v>
       </c>
       <c r="K239" t="s">
-        <v>206</v>
+        <v>216</v>
       </c>
       <c r="L239"/>
       <c r="M239" t="s">
-        <v>191</v>
+        <v>121</v>
       </c>
       <c r="N239">
-        <v>131085</v>
+        <v>131078</v>
       </c>
       <c r="O239">
         <v>2026</v>
       </c>
       <c r="P239">
-        <v>5462</v>
+        <v>477</v>
       </c>
       <c r="Q239" t="s">
+        <v>128</v>
+      </c>
+      <c r="R239" t="s">
+        <v>217</v>
+      </c>
+      <c r="S239" t="s">
+        <v>37</v>
+      </c>
+      <c r="T239" t="s">
         <v>212</v>
-      </c>
-[...7 lines deleted...]
-        <v>198</v>
       </c>
       <c r="U239"/>
       <c r="V239">
         <v>0</v>
       </c>
       <c r="W239" t="s">
-        <v>32</v>
+        <v>45</v>
       </c>
     </row>
     <row r="240" spans="1:104">
       <c r="A240">
-        <v>59473</v>
+        <v>59337</v>
       </c>
       <c r="B240" t="s">
         <v>23</v>
       </c>
       <c r="C240" t="s">
+        <v>54</v>
+      </c>
+      <c r="D240" t="s">
+        <v>208</v>
+      </c>
+      <c r="E240" t="s">
+        <v>209</v>
+      </c>
+      <c r="F240" t="s">
+        <v>98</v>
+      </c>
+      <c r="G240" t="s">
+        <v>56</v>
+      </c>
+      <c r="H240" t="s">
+        <v>99</v>
+      </c>
+      <c r="I240" t="s">
         <v>201</v>
       </c>
-      <c r="D240" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="J240" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="K240" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="L240"/>
       <c r="M240" t="s">
-        <v>191</v>
+        <v>121</v>
       </c>
       <c r="N240">
-        <v>131086</v>
+        <v>131186</v>
       </c>
       <c r="O240">
         <v>2026</v>
       </c>
       <c r="P240">
-        <v>481</v>
+        <v>6976</v>
       </c>
       <c r="Q240" t="s">
+        <v>128</v>
+      </c>
+      <c r="R240" t="s">
+        <v>34</v>
+      </c>
+      <c r="S240" t="s">
+        <v>35</v>
+      </c>
+      <c r="T240" t="s">
         <v>212</v>
-      </c>
-[...7 lines deleted...]
-        <v>198</v>
       </c>
       <c r="U240"/>
       <c r="V240">
         <v>0</v>
       </c>
       <c r="W240" t="s">
-        <v>32</v>
+        <v>45</v>
       </c>
     </row>
     <row r="241" spans="1:104">
       <c r="A241">
-        <v>58620</v>
+        <v>59337</v>
       </c>
       <c r="B241" t="s">
         <v>23</v>
       </c>
       <c r="C241" t="s">
-        <v>213</v>
+        <v>54</v>
       </c>
       <c r="D241" t="s">
-        <v>214</v>
+        <v>208</v>
       </c>
       <c r="E241" t="s">
-        <v>215</v>
+        <v>209</v>
       </c>
       <c r="F241" t="s">
-        <v>149</v>
+        <v>98</v>
       </c>
       <c r="G241" t="s">
-        <v>111</v>
+        <v>56</v>
       </c>
       <c r="H241" t="s">
-        <v>29</v>
+        <v>99</v>
       </c>
       <c r="I241" t="s">
-        <v>30</v>
+        <v>201</v>
       </c>
       <c r="J241" t="s">
-        <v>66</v>
+        <v>210</v>
       </c>
       <c r="K241" t="s">
-        <v>66</v>
+        <v>210</v>
       </c>
       <c r="L241"/>
       <c r="M241" t="s">
-        <v>191</v>
+        <v>121</v>
       </c>
       <c r="N241">
-        <v>128546</v>
+        <v>131187</v>
       </c>
       <c r="O241">
         <v>2026</v>
       </c>
       <c r="P241">
-        <v>5467</v>
+        <v>2044</v>
       </c>
       <c r="Q241" t="s">
-        <v>33</v>
+        <v>128</v>
       </c>
       <c r="R241" t="s">
         <v>34</v>
       </c>
       <c r="S241" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="T241" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="U241"/>
       <c r="V241">
         <v>0</v>
       </c>
       <c r="W241" t="s">
-        <v>58</v>
+        <v>45</v>
       </c>
     </row>
     <row r="242" spans="1:104">
       <c r="A242">
-        <v>58620</v>
+        <v>59337</v>
       </c>
       <c r="B242" t="s">
         <v>23</v>
       </c>
       <c r="C242" t="s">
-        <v>213</v>
+        <v>54</v>
       </c>
       <c r="D242" t="s">
-        <v>214</v>
+        <v>208</v>
       </c>
       <c r="E242" t="s">
-        <v>215</v>
+        <v>209</v>
       </c>
       <c r="F242" t="s">
-        <v>149</v>
+        <v>98</v>
       </c>
       <c r="G242" t="s">
-        <v>111</v>
+        <v>56</v>
       </c>
       <c r="H242" t="s">
-        <v>29</v>
+        <v>99</v>
       </c>
       <c r="I242" t="s">
-        <v>30</v>
+        <v>201</v>
       </c>
       <c r="J242" t="s">
-        <v>66</v>
+        <v>210</v>
       </c>
       <c r="K242" t="s">
-        <v>66</v>
+        <v>210</v>
       </c>
       <c r="L242"/>
       <c r="M242" t="s">
-        <v>191</v>
+        <v>121</v>
       </c>
       <c r="N242">
-        <v>128547</v>
+        <v>131188</v>
       </c>
       <c r="O242">
         <v>2026</v>
       </c>
       <c r="P242">
-        <v>486</v>
+        <v>2045</v>
       </c>
       <c r="Q242" t="s">
-        <v>33</v>
+        <v>128</v>
       </c>
       <c r="R242" t="s">
-        <v>34</v>
+        <v>101</v>
       </c>
       <c r="S242" t="s">
         <v>37</v>
       </c>
       <c r="T242" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="U242"/>
       <c r="V242">
         <v>0</v>
       </c>
       <c r="W242" t="s">
-        <v>58</v>
+        <v>45</v>
       </c>
     </row>
     <row r="243" spans="1:104">
       <c r="A243">
-        <v>58620</v>
+        <v>59337</v>
       </c>
       <c r="B243" t="s">
         <v>23</v>
       </c>
       <c r="C243" t="s">
-        <v>213</v>
+        <v>54</v>
       </c>
       <c r="D243" t="s">
-        <v>214</v>
+        <v>208</v>
       </c>
       <c r="E243" t="s">
-        <v>215</v>
+        <v>209</v>
       </c>
       <c r="F243" t="s">
-        <v>149</v>
+        <v>98</v>
       </c>
       <c r="G243" t="s">
-        <v>111</v>
+        <v>56</v>
       </c>
       <c r="H243" t="s">
-        <v>29</v>
+        <v>99</v>
       </c>
       <c r="I243" t="s">
-        <v>30</v>
+        <v>201</v>
       </c>
       <c r="J243" t="s">
-        <v>66</v>
+        <v>210</v>
       </c>
       <c r="K243" t="s">
-        <v>66</v>
+        <v>210</v>
       </c>
       <c r="L243"/>
       <c r="M243" t="s">
-        <v>191</v>
+        <v>121</v>
       </c>
       <c r="N243">
-        <v>128548</v>
+        <v>130619</v>
       </c>
       <c r="O243">
         <v>2026</v>
       </c>
       <c r="P243">
-        <v>5468</v>
+        <v>473</v>
       </c>
       <c r="Q243" t="s">
         <v>33</v>
       </c>
       <c r="R243" t="s">
         <v>34</v>
       </c>
       <c r="S243" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="T243" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="U243"/>
       <c r="V243">
         <v>0</v>
       </c>
       <c r="W243" t="s">
-        <v>58</v>
+        <v>45</v>
       </c>
     </row>
     <row r="244" spans="1:104">
       <c r="A244">
-        <v>58620</v>
+        <v>59337</v>
       </c>
       <c r="B244" t="s">
         <v>23</v>
       </c>
       <c r="C244" t="s">
-        <v>213</v>
+        <v>54</v>
       </c>
       <c r="D244" t="s">
-        <v>214</v>
+        <v>208</v>
       </c>
       <c r="E244" t="s">
-        <v>215</v>
+        <v>209</v>
       </c>
       <c r="F244" t="s">
-        <v>149</v>
+        <v>98</v>
       </c>
       <c r="G244" t="s">
-        <v>111</v>
+        <v>56</v>
       </c>
       <c r="H244" t="s">
-        <v>29</v>
+        <v>99</v>
       </c>
       <c r="I244" t="s">
-        <v>30</v>
+        <v>201</v>
       </c>
       <c r="J244" t="s">
-        <v>66</v>
+        <v>210</v>
       </c>
       <c r="K244" t="s">
-        <v>66</v>
+        <v>210</v>
       </c>
       <c r="L244"/>
       <c r="M244" t="s">
-        <v>191</v>
+        <v>121</v>
       </c>
       <c r="N244">
-        <v>128549</v>
+        <v>130620</v>
       </c>
       <c r="O244">
         <v>2026</v>
       </c>
       <c r="P244">
-        <v>487</v>
+        <v>5454</v>
       </c>
       <c r="Q244" t="s">
         <v>33</v>
       </c>
       <c r="R244" t="s">
         <v>34</v>
       </c>
       <c r="S244" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="T244" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="U244"/>
       <c r="V244">
         <v>0</v>
       </c>
       <c r="W244" t="s">
-        <v>58</v>
+        <v>45</v>
       </c>
     </row>
     <row r="245" spans="1:104">
       <c r="A245">
-        <v>58620</v>
+        <v>59347</v>
       </c>
       <c r="B245" t="s">
         <v>23</v>
       </c>
       <c r="C245" t="s">
-        <v>213</v>
+        <v>60</v>
       </c>
       <c r="D245" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="E245" t="s">
-        <v>215</v>
+        <v>209</v>
       </c>
       <c r="F245" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="G245" t="s">
-        <v>111</v>
+        <v>42</v>
       </c>
       <c r="H245" t="s">
         <v>29</v>
       </c>
       <c r="I245" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="J245" t="s">
-        <v>66</v>
+        <v>52</v>
       </c>
       <c r="K245" t="s">
-        <v>66</v>
+        <v>52</v>
       </c>
       <c r="L245"/>
       <c r="M245" t="s">
-        <v>191</v>
+        <v>121</v>
       </c>
       <c r="N245">
-        <v>128550</v>
+        <v>130669</v>
       </c>
       <c r="O245">
         <v>2026</v>
       </c>
       <c r="P245">
-        <v>5469</v>
+        <v>5463</v>
       </c>
       <c r="Q245" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="R245" t="s">
         <v>34</v>
       </c>
       <c r="S245" t="s">
         <v>35</v>
       </c>
       <c r="T245" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="U245"/>
       <c r="V245">
         <v>0</v>
       </c>
       <c r="W245" t="s">
-        <v>58</v>
+        <v>45</v>
       </c>
     </row>
     <row r="246" spans="1:104">
       <c r="A246">
-        <v>58620</v>
+        <v>59348</v>
       </c>
       <c r="B246" t="s">
         <v>23</v>
       </c>
       <c r="C246" t="s">
-        <v>213</v>
+        <v>60</v>
       </c>
       <c r="D246" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="E246" t="s">
-        <v>215</v>
+        <v>209</v>
       </c>
       <c r="F246" t="s">
-        <v>149</v>
+        <v>219</v>
       </c>
       <c r="G246" t="s">
-        <v>111</v>
+        <v>42</v>
       </c>
       <c r="H246" t="s">
         <v>29</v>
       </c>
       <c r="I246" t="s">
-        <v>30</v>
+        <v>57</v>
       </c>
       <c r="J246" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="K246" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="L246"/>
       <c r="M246" t="s">
-        <v>191</v>
+        <v>121</v>
       </c>
       <c r="N246">
-        <v>128551</v>
+        <v>130673</v>
       </c>
       <c r="O246">
         <v>2026</v>
       </c>
       <c r="P246">
-        <v>488</v>
+        <v>482</v>
       </c>
       <c r="Q246" t="s">
         <v>38</v>
       </c>
       <c r="R246" t="s">
         <v>34</v>
       </c>
       <c r="S246" t="s">
         <v>37</v>
       </c>
       <c r="T246" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="U246"/>
       <c r="V246">
         <v>0</v>
       </c>
       <c r="W246" t="s">
-        <v>58</v>
+        <v>45</v>
       </c>
     </row>
     <row r="247" spans="1:104">
       <c r="A247">
-        <v>58620</v>
+        <v>59473</v>
       </c>
       <c r="B247" t="s">
         <v>23</v>
       </c>
       <c r="C247" t="s">
+        <v>211</v>
+      </c>
+      <c r="D247" t="s">
+        <v>212</v>
+      </c>
+      <c r="E247" t="s">
+        <v>209</v>
+      </c>
+      <c r="F247" t="s">
+        <v>181</v>
+      </c>
+      <c r="G247" t="s">
         <v>213</v>
       </c>
-      <c r="D247" t="s">
+      <c r="H247" t="s">
         <v>214</v>
       </c>
-      <c r="E247" t="s">
+      <c r="I247" t="s">
         <v>215</v>
       </c>
-      <c r="F247" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J247" t="s">
-        <v>66</v>
+        <v>216</v>
       </c>
       <c r="K247" t="s">
-        <v>66</v>
+        <v>216</v>
       </c>
       <c r="L247"/>
       <c r="M247" t="s">
-        <v>191</v>
+        <v>121</v>
       </c>
       <c r="N247">
-        <v>128552</v>
+        <v>131079</v>
       </c>
       <c r="O247">
         <v>2026</v>
       </c>
       <c r="P247">
-        <v>5470</v>
+        <v>5459</v>
       </c>
       <c r="Q247" t="s">
-        <v>38</v>
+        <v>128</v>
       </c>
       <c r="R247" t="s">
-        <v>34</v>
+        <v>217</v>
       </c>
       <c r="S247" t="s">
         <v>35</v>
       </c>
       <c r="T247" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="U247"/>
       <c r="V247">
         <v>0</v>
       </c>
       <c r="W247" t="s">
-        <v>58</v>
+        <v>45</v>
       </c>
     </row>
     <row r="248" spans="1:104">
       <c r="A248">
-        <v>58620</v>
+        <v>59337</v>
       </c>
       <c r="B248" t="s">
         <v>23</v>
       </c>
       <c r="C248" t="s">
-        <v>213</v>
+        <v>54</v>
       </c>
       <c r="D248" t="s">
-        <v>214</v>
+        <v>208</v>
       </c>
       <c r="E248" t="s">
-        <v>215</v>
+        <v>209</v>
       </c>
       <c r="F248" t="s">
-        <v>149</v>
+        <v>98</v>
       </c>
       <c r="G248" t="s">
-        <v>111</v>
+        <v>56</v>
       </c>
       <c r="H248" t="s">
-        <v>29</v>
+        <v>99</v>
       </c>
       <c r="I248" t="s">
-        <v>30</v>
+        <v>201</v>
       </c>
       <c r="J248" t="s">
-        <v>66</v>
+        <v>210</v>
       </c>
       <c r="K248" t="s">
-        <v>66</v>
+        <v>210</v>
       </c>
       <c r="L248"/>
       <c r="M248" t="s">
-        <v>191</v>
+        <v>121</v>
       </c>
       <c r="N248">
-        <v>128553</v>
+        <v>130621</v>
       </c>
       <c r="O248">
         <v>2026</v>
       </c>
       <c r="P248">
-        <v>489</v>
+        <v>474</v>
       </c>
       <c r="Q248" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="R248" t="s">
         <v>34</v>
       </c>
       <c r="S248" t="s">
         <v>37</v>
       </c>
       <c r="T248" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="U248"/>
       <c r="V248">
         <v>0</v>
       </c>
       <c r="W248" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="249" spans="1:104">
+      <c r="A249">
+        <v>59337</v>
+      </c>
+      <c r="B249" t="s">
+        <v>23</v>
+      </c>
+      <c r="C249" t="s">
+        <v>54</v>
+      </c>
+      <c r="D249" t="s">
+        <v>208</v>
+      </c>
+      <c r="E249" t="s">
+        <v>209</v>
+      </c>
+      <c r="F249" t="s">
+        <v>98</v>
+      </c>
+      <c r="G249" t="s">
+        <v>56</v>
+      </c>
+      <c r="H249" t="s">
+        <v>99</v>
+      </c>
+      <c r="I249" t="s">
+        <v>201</v>
+      </c>
+      <c r="J249" t="s">
+        <v>210</v>
+      </c>
+      <c r="K249" t="s">
+        <v>210</v>
+      </c>
+      <c r="L249"/>
+      <c r="M249" t="s">
+        <v>121</v>
+      </c>
+      <c r="N249">
+        <v>130622</v>
+      </c>
+      <c r="O249">
+        <v>2026</v>
+      </c>
+      <c r="P249">
+        <v>5455</v>
+      </c>
+      <c r="Q249" t="s">
+        <v>33</v>
+      </c>
+      <c r="R249" t="s">
+        <v>34</v>
+      </c>
+      <c r="S249" t="s">
+        <v>35</v>
+      </c>
+      <c r="T249" t="s">
+        <v>220</v>
+      </c>
+      <c r="U249"/>
+      <c r="V249">
+        <v>0</v>
+      </c>
+      <c r="W249" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="250" spans="1:104">
+      <c r="A250">
+        <v>59347</v>
+      </c>
+      <c r="B250" t="s">
+        <v>23</v>
+      </c>
+      <c r="C250" t="s">
+        <v>60</v>
+      </c>
+      <c r="D250" t="s">
+        <v>218</v>
+      </c>
+      <c r="E250" t="s">
+        <v>209</v>
+      </c>
+      <c r="F250" t="s">
+        <v>145</v>
+      </c>
+      <c r="G250" t="s">
+        <v>42</v>
+      </c>
+      <c r="H250" t="s">
+        <v>29</v>
+      </c>
+      <c r="I250" t="s">
+        <v>51</v>
+      </c>
+      <c r="J250" t="s">
+        <v>52</v>
+      </c>
+      <c r="K250" t="s">
+        <v>52</v>
+      </c>
+      <c r="L250"/>
+      <c r="M250" t="s">
+        <v>121</v>
+      </c>
+      <c r="N250">
+        <v>130670</v>
+      </c>
+      <c r="O250">
+        <v>2026</v>
+      </c>
+      <c r="P250">
+        <v>5464</v>
+      </c>
+      <c r="Q250" t="s">
+        <v>33</v>
+      </c>
+      <c r="R250" t="s">
+        <v>34</v>
+      </c>
+      <c r="S250" t="s">
+        <v>35</v>
+      </c>
+      <c r="T250" t="s">
+        <v>220</v>
+      </c>
+      <c r="U250"/>
+      <c r="V250">
+        <v>0</v>
+      </c>
+      <c r="W250" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="251" spans="1:104">
+      <c r="A251">
+        <v>59348</v>
+      </c>
+      <c r="B251" t="s">
+        <v>23</v>
+      </c>
+      <c r="C251" t="s">
+        <v>60</v>
+      </c>
+      <c r="D251" t="s">
+        <v>218</v>
+      </c>
+      <c r="E251" t="s">
+        <v>209</v>
+      </c>
+      <c r="F251" t="s">
+        <v>219</v>
+      </c>
+      <c r="G251" t="s">
+        <v>42</v>
+      </c>
+      <c r="H251" t="s">
+        <v>29</v>
+      </c>
+      <c r="I251" t="s">
+        <v>57</v>
+      </c>
+      <c r="J251" t="s">
         <v>58</v>
+      </c>
+      <c r="K251" t="s">
+        <v>58</v>
+      </c>
+      <c r="L251"/>
+      <c r="M251" t="s">
+        <v>121</v>
+      </c>
+      <c r="N251">
+        <v>130674</v>
+      </c>
+      <c r="O251">
+        <v>2026</v>
+      </c>
+      <c r="P251">
+        <v>483</v>
+      </c>
+      <c r="Q251" t="s">
+        <v>38</v>
+      </c>
+      <c r="R251" t="s">
+        <v>34</v>
+      </c>
+      <c r="S251" t="s">
+        <v>37</v>
+      </c>
+      <c r="T251" t="s">
+        <v>220</v>
+      </c>
+      <c r="U251"/>
+      <c r="V251">
+        <v>0</v>
+      </c>
+      <c r="W251" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="252" spans="1:104">
+      <c r="A252">
+        <v>59473</v>
+      </c>
+      <c r="B252" t="s">
+        <v>23</v>
+      </c>
+      <c r="C252" t="s">
+        <v>211</v>
+      </c>
+      <c r="D252" t="s">
+        <v>212</v>
+      </c>
+      <c r="E252" t="s">
+        <v>209</v>
+      </c>
+      <c r="F252" t="s">
+        <v>181</v>
+      </c>
+      <c r="G252" t="s">
+        <v>213</v>
+      </c>
+      <c r="H252" t="s">
+        <v>214</v>
+      </c>
+      <c r="I252" t="s">
+        <v>215</v>
+      </c>
+      <c r="J252" t="s">
+        <v>216</v>
+      </c>
+      <c r="K252" t="s">
+        <v>216</v>
+      </c>
+      <c r="L252"/>
+      <c r="M252" t="s">
+        <v>121</v>
+      </c>
+      <c r="N252">
+        <v>131081</v>
+      </c>
+      <c r="O252">
+        <v>2026</v>
+      </c>
+      <c r="P252">
+        <v>5460</v>
+      </c>
+      <c r="Q252" t="s">
+        <v>33</v>
+      </c>
+      <c r="R252" t="s">
+        <v>217</v>
+      </c>
+      <c r="S252" t="s">
+        <v>35</v>
+      </c>
+      <c r="T252" t="s">
+        <v>220</v>
+      </c>
+      <c r="U252"/>
+      <c r="V252">
+        <v>0</v>
+      </c>
+      <c r="W252" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="253" spans="1:104">
+      <c r="A253">
+        <v>59473</v>
+      </c>
+      <c r="B253" t="s">
+        <v>23</v>
+      </c>
+      <c r="C253" t="s">
+        <v>211</v>
+      </c>
+      <c r="D253" t="s">
+        <v>212</v>
+      </c>
+      <c r="E253" t="s">
+        <v>209</v>
+      </c>
+      <c r="F253" t="s">
+        <v>181</v>
+      </c>
+      <c r="G253" t="s">
+        <v>213</v>
+      </c>
+      <c r="H253" t="s">
+        <v>214</v>
+      </c>
+      <c r="I253" t="s">
+        <v>215</v>
+      </c>
+      <c r="J253" t="s">
+        <v>216</v>
+      </c>
+      <c r="K253" t="s">
+        <v>216</v>
+      </c>
+      <c r="L253"/>
+      <c r="M253" t="s">
+        <v>121</v>
+      </c>
+      <c r="N253">
+        <v>131082</v>
+      </c>
+      <c r="O253">
+        <v>2026</v>
+      </c>
+      <c r="P253">
+        <v>479</v>
+      </c>
+      <c r="Q253" t="s">
+        <v>33</v>
+      </c>
+      <c r="R253" t="s">
+        <v>217</v>
+      </c>
+      <c r="S253" t="s">
+        <v>37</v>
+      </c>
+      <c r="T253" t="s">
+        <v>220</v>
+      </c>
+      <c r="U253"/>
+      <c r="V253">
+        <v>0</v>
+      </c>
+      <c r="W253" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="254" spans="1:104">
+      <c r="A254">
+        <v>59337</v>
+      </c>
+      <c r="B254" t="s">
+        <v>23</v>
+      </c>
+      <c r="C254" t="s">
+        <v>54</v>
+      </c>
+      <c r="D254" t="s">
+        <v>208</v>
+      </c>
+      <c r="E254" t="s">
+        <v>209</v>
+      </c>
+      <c r="F254" t="s">
+        <v>98</v>
+      </c>
+      <c r="G254" t="s">
+        <v>56</v>
+      </c>
+      <c r="H254" t="s">
+        <v>99</v>
+      </c>
+      <c r="I254" t="s">
+        <v>201</v>
+      </c>
+      <c r="J254" t="s">
+        <v>210</v>
+      </c>
+      <c r="K254" t="s">
+        <v>210</v>
+      </c>
+      <c r="L254"/>
+      <c r="M254" t="s">
+        <v>121</v>
+      </c>
+      <c r="N254">
+        <v>130623</v>
+      </c>
+      <c r="O254">
+        <v>2026</v>
+      </c>
+      <c r="P254">
+        <v>475</v>
+      </c>
+      <c r="Q254" t="s">
+        <v>38</v>
+      </c>
+      <c r="R254" t="s">
+        <v>34</v>
+      </c>
+      <c r="S254" t="s">
+        <v>37</v>
+      </c>
+      <c r="T254" t="s">
+        <v>221</v>
+      </c>
+      <c r="U254"/>
+      <c r="V254">
+        <v>0</v>
+      </c>
+      <c r="W254" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="255" spans="1:104">
+      <c r="A255">
+        <v>59337</v>
+      </c>
+      <c r="B255" t="s">
+        <v>23</v>
+      </c>
+      <c r="C255" t="s">
+        <v>54</v>
+      </c>
+      <c r="D255" t="s">
+        <v>208</v>
+      </c>
+      <c r="E255" t="s">
+        <v>209</v>
+      </c>
+      <c r="F255" t="s">
+        <v>98</v>
+      </c>
+      <c r="G255" t="s">
+        <v>56</v>
+      </c>
+      <c r="H255" t="s">
+        <v>99</v>
+      </c>
+      <c r="I255" t="s">
+        <v>201</v>
+      </c>
+      <c r="J255" t="s">
+        <v>210</v>
+      </c>
+      <c r="K255" t="s">
+        <v>210</v>
+      </c>
+      <c r="L255"/>
+      <c r="M255" t="s">
+        <v>121</v>
+      </c>
+      <c r="N255">
+        <v>130624</v>
+      </c>
+      <c r="O255">
+        <v>2026</v>
+      </c>
+      <c r="P255">
+        <v>5456</v>
+      </c>
+      <c r="Q255" t="s">
+        <v>38</v>
+      </c>
+      <c r="R255" t="s">
+        <v>34</v>
+      </c>
+      <c r="S255" t="s">
+        <v>35</v>
+      </c>
+      <c r="T255" t="s">
+        <v>221</v>
+      </c>
+      <c r="U255"/>
+      <c r="V255">
+        <v>0</v>
+      </c>
+      <c r="W255" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="256" spans="1:104">
+      <c r="A256">
+        <v>59347</v>
+      </c>
+      <c r="B256" t="s">
+        <v>23</v>
+      </c>
+      <c r="C256" t="s">
+        <v>60</v>
+      </c>
+      <c r="D256" t="s">
+        <v>218</v>
+      </c>
+      <c r="E256" t="s">
+        <v>209</v>
+      </c>
+      <c r="F256" t="s">
+        <v>145</v>
+      </c>
+      <c r="G256" t="s">
+        <v>42</v>
+      </c>
+      <c r="H256" t="s">
+        <v>29</v>
+      </c>
+      <c r="I256" t="s">
+        <v>51</v>
+      </c>
+      <c r="J256" t="s">
+        <v>52</v>
+      </c>
+      <c r="K256" t="s">
+        <v>52</v>
+      </c>
+      <c r="L256"/>
+      <c r="M256" t="s">
+        <v>121</v>
+      </c>
+      <c r="N256">
+        <v>130671</v>
+      </c>
+      <c r="O256">
+        <v>2026</v>
+      </c>
+      <c r="P256">
+        <v>484</v>
+      </c>
+      <c r="Q256" t="s">
+        <v>33</v>
+      </c>
+      <c r="R256" t="s">
+        <v>34</v>
+      </c>
+      <c r="S256" t="s">
+        <v>37</v>
+      </c>
+      <c r="T256" t="s">
+        <v>221</v>
+      </c>
+      <c r="U256"/>
+      <c r="V256">
+        <v>0</v>
+      </c>
+      <c r="W256" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="257" spans="1:104">
+      <c r="A257">
+        <v>59348</v>
+      </c>
+      <c r="B257" t="s">
+        <v>23</v>
+      </c>
+      <c r="C257" t="s">
+        <v>60</v>
+      </c>
+      <c r="D257" t="s">
+        <v>218</v>
+      </c>
+      <c r="E257" t="s">
+        <v>209</v>
+      </c>
+      <c r="F257" t="s">
+        <v>219</v>
+      </c>
+      <c r="G257" t="s">
+        <v>42</v>
+      </c>
+      <c r="H257" t="s">
+        <v>29</v>
+      </c>
+      <c r="I257" t="s">
+        <v>57</v>
+      </c>
+      <c r="J257" t="s">
+        <v>58</v>
+      </c>
+      <c r="K257" t="s">
+        <v>58</v>
+      </c>
+      <c r="L257"/>
+      <c r="M257" t="s">
+        <v>121</v>
+      </c>
+      <c r="N257">
+        <v>130675</v>
+      </c>
+      <c r="O257">
+        <v>2026</v>
+      </c>
+      <c r="P257">
+        <v>5465</v>
+      </c>
+      <c r="Q257" t="s">
+        <v>38</v>
+      </c>
+      <c r="R257" t="s">
+        <v>34</v>
+      </c>
+      <c r="S257" t="s">
+        <v>35</v>
+      </c>
+      <c r="T257" t="s">
+        <v>221</v>
+      </c>
+      <c r="U257"/>
+      <c r="V257">
+        <v>0</v>
+      </c>
+      <c r="W257" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="258" spans="1:104">
+      <c r="A258">
+        <v>59473</v>
+      </c>
+      <c r="B258" t="s">
+        <v>23</v>
+      </c>
+      <c r="C258" t="s">
+        <v>211</v>
+      </c>
+      <c r="D258" t="s">
+        <v>212</v>
+      </c>
+      <c r="E258" t="s">
+        <v>209</v>
+      </c>
+      <c r="F258" t="s">
+        <v>181</v>
+      </c>
+      <c r="G258" t="s">
+        <v>213</v>
+      </c>
+      <c r="H258" t="s">
+        <v>214</v>
+      </c>
+      <c r="I258" t="s">
+        <v>215</v>
+      </c>
+      <c r="J258" t="s">
+        <v>216</v>
+      </c>
+      <c r="K258" t="s">
+        <v>216</v>
+      </c>
+      <c r="L258"/>
+      <c r="M258" t="s">
+        <v>121</v>
+      </c>
+      <c r="N258">
+        <v>131083</v>
+      </c>
+      <c r="O258">
+        <v>2026</v>
+      </c>
+      <c r="P258">
+        <v>5461</v>
+      </c>
+      <c r="Q258" t="s">
+        <v>38</v>
+      </c>
+      <c r="R258" t="s">
+        <v>217</v>
+      </c>
+      <c r="S258" t="s">
+        <v>35</v>
+      </c>
+      <c r="T258" t="s">
+        <v>221</v>
+      </c>
+      <c r="U258"/>
+      <c r="V258">
+        <v>0</v>
+      </c>
+      <c r="W258" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="259" spans="1:104">
+      <c r="A259">
+        <v>59473</v>
+      </c>
+      <c r="B259" t="s">
+        <v>23</v>
+      </c>
+      <c r="C259" t="s">
+        <v>211</v>
+      </c>
+      <c r="D259" t="s">
+        <v>212</v>
+      </c>
+      <c r="E259" t="s">
+        <v>209</v>
+      </c>
+      <c r="F259" t="s">
+        <v>181</v>
+      </c>
+      <c r="G259" t="s">
+        <v>213</v>
+      </c>
+      <c r="H259" t="s">
+        <v>214</v>
+      </c>
+      <c r="I259" t="s">
+        <v>215</v>
+      </c>
+      <c r="J259" t="s">
+        <v>216</v>
+      </c>
+      <c r="K259" t="s">
+        <v>216</v>
+      </c>
+      <c r="L259"/>
+      <c r="M259" t="s">
+        <v>121</v>
+      </c>
+      <c r="N259">
+        <v>131084</v>
+      </c>
+      <c r="O259">
+        <v>2026</v>
+      </c>
+      <c r="P259">
+        <v>480</v>
+      </c>
+      <c r="Q259" t="s">
+        <v>38</v>
+      </c>
+      <c r="R259" t="s">
+        <v>217</v>
+      </c>
+      <c r="S259" t="s">
+        <v>37</v>
+      </c>
+      <c r="T259" t="s">
+        <v>221</v>
+      </c>
+      <c r="U259"/>
+      <c r="V259">
+        <v>0</v>
+      </c>
+      <c r="W259" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="260" spans="1:104">
+      <c r="A260">
+        <v>59337</v>
+      </c>
+      <c r="B260" t="s">
+        <v>23</v>
+      </c>
+      <c r="C260" t="s">
+        <v>54</v>
+      </c>
+      <c r="D260" t="s">
+        <v>208</v>
+      </c>
+      <c r="E260" t="s">
+        <v>209</v>
+      </c>
+      <c r="F260" t="s">
+        <v>98</v>
+      </c>
+      <c r="G260" t="s">
+        <v>56</v>
+      </c>
+      <c r="H260" t="s">
+        <v>99</v>
+      </c>
+      <c r="I260" t="s">
+        <v>201</v>
+      </c>
+      <c r="J260" t="s">
+        <v>210</v>
+      </c>
+      <c r="K260" t="s">
+        <v>210</v>
+      </c>
+      <c r="L260"/>
+      <c r="M260" t="s">
+        <v>121</v>
+      </c>
+      <c r="N260">
+        <v>130625</v>
+      </c>
+      <c r="O260">
+        <v>2026</v>
+      </c>
+      <c r="P260">
+        <v>476</v>
+      </c>
+      <c r="Q260" t="s">
+        <v>38</v>
+      </c>
+      <c r="R260" t="s">
+        <v>34</v>
+      </c>
+      <c r="S260" t="s">
+        <v>37</v>
+      </c>
+      <c r="T260" t="s">
+        <v>209</v>
+      </c>
+      <c r="U260"/>
+      <c r="V260">
+        <v>0</v>
+      </c>
+      <c r="W260" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="261" spans="1:104">
+      <c r="A261">
+        <v>59337</v>
+      </c>
+      <c r="B261" t="s">
+        <v>23</v>
+      </c>
+      <c r="C261" t="s">
+        <v>54</v>
+      </c>
+      <c r="D261" t="s">
+        <v>208</v>
+      </c>
+      <c r="E261" t="s">
+        <v>209</v>
+      </c>
+      <c r="F261" t="s">
+        <v>98</v>
+      </c>
+      <c r="G261" t="s">
+        <v>56</v>
+      </c>
+      <c r="H261" t="s">
+        <v>99</v>
+      </c>
+      <c r="I261" t="s">
+        <v>201</v>
+      </c>
+      <c r="J261" t="s">
+        <v>210</v>
+      </c>
+      <c r="K261" t="s">
+        <v>210</v>
+      </c>
+      <c r="L261"/>
+      <c r="M261" t="s">
+        <v>121</v>
+      </c>
+      <c r="N261">
+        <v>130626</v>
+      </c>
+      <c r="O261">
+        <v>2026</v>
+      </c>
+      <c r="P261">
+        <v>5457</v>
+      </c>
+      <c r="Q261" t="s">
+        <v>38</v>
+      </c>
+      <c r="R261" t="s">
+        <v>34</v>
+      </c>
+      <c r="S261" t="s">
+        <v>35</v>
+      </c>
+      <c r="T261" t="s">
+        <v>209</v>
+      </c>
+      <c r="U261"/>
+      <c r="V261">
+        <v>0</v>
+      </c>
+      <c r="W261" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="262" spans="1:104">
+      <c r="A262">
+        <v>59347</v>
+      </c>
+      <c r="B262" t="s">
+        <v>23</v>
+      </c>
+      <c r="C262" t="s">
+        <v>60</v>
+      </c>
+      <c r="D262" t="s">
+        <v>218</v>
+      </c>
+      <c r="E262" t="s">
+        <v>209</v>
+      </c>
+      <c r="F262" t="s">
+        <v>145</v>
+      </c>
+      <c r="G262" t="s">
+        <v>42</v>
+      </c>
+      <c r="H262" t="s">
+        <v>29</v>
+      </c>
+      <c r="I262" t="s">
+        <v>51</v>
+      </c>
+      <c r="J262" t="s">
+        <v>52</v>
+      </c>
+      <c r="K262" t="s">
+        <v>52</v>
+      </c>
+      <c r="L262"/>
+      <c r="M262" t="s">
+        <v>121</v>
+      </c>
+      <c r="N262">
+        <v>130672</v>
+      </c>
+      <c r="O262">
+        <v>2026</v>
+      </c>
+      <c r="P262">
+        <v>485</v>
+      </c>
+      <c r="Q262" t="s">
+        <v>33</v>
+      </c>
+      <c r="R262" t="s">
+        <v>34</v>
+      </c>
+      <c r="S262" t="s">
+        <v>37</v>
+      </c>
+      <c r="T262" t="s">
+        <v>209</v>
+      </c>
+      <c r="U262"/>
+      <c r="V262">
+        <v>0</v>
+      </c>
+      <c r="W262" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="263" spans="1:104">
+      <c r="A263">
+        <v>59348</v>
+      </c>
+      <c r="B263" t="s">
+        <v>23</v>
+      </c>
+      <c r="C263" t="s">
+        <v>60</v>
+      </c>
+      <c r="D263" t="s">
+        <v>218</v>
+      </c>
+      <c r="E263" t="s">
+        <v>209</v>
+      </c>
+      <c r="F263" t="s">
+        <v>219</v>
+      </c>
+      <c r="G263" t="s">
+        <v>42</v>
+      </c>
+      <c r="H263" t="s">
+        <v>29</v>
+      </c>
+      <c r="I263" t="s">
+        <v>57</v>
+      </c>
+      <c r="J263" t="s">
+        <v>58</v>
+      </c>
+      <c r="K263" t="s">
+        <v>58</v>
+      </c>
+      <c r="L263"/>
+      <c r="M263" t="s">
+        <v>121</v>
+      </c>
+      <c r="N263">
+        <v>130676</v>
+      </c>
+      <c r="O263">
+        <v>2026</v>
+      </c>
+      <c r="P263">
+        <v>5466</v>
+      </c>
+      <c r="Q263" t="s">
+        <v>38</v>
+      </c>
+      <c r="R263" t="s">
+        <v>34</v>
+      </c>
+      <c r="S263" t="s">
+        <v>35</v>
+      </c>
+      <c r="T263" t="s">
+        <v>209</v>
+      </c>
+      <c r="U263"/>
+      <c r="V263">
+        <v>0</v>
+      </c>
+      <c r="W263" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="264" spans="1:104">
+      <c r="A264">
+        <v>59473</v>
+      </c>
+      <c r="B264" t="s">
+        <v>23</v>
+      </c>
+      <c r="C264" t="s">
+        <v>211</v>
+      </c>
+      <c r="D264" t="s">
+        <v>212</v>
+      </c>
+      <c r="E264" t="s">
+        <v>209</v>
+      </c>
+      <c r="F264" t="s">
+        <v>181</v>
+      </c>
+      <c r="G264" t="s">
+        <v>213</v>
+      </c>
+      <c r="H264" t="s">
+        <v>214</v>
+      </c>
+      <c r="I264" t="s">
+        <v>215</v>
+      </c>
+      <c r="J264" t="s">
+        <v>216</v>
+      </c>
+      <c r="K264" t="s">
+        <v>216</v>
+      </c>
+      <c r="L264"/>
+      <c r="M264" t="s">
+        <v>121</v>
+      </c>
+      <c r="N264">
+        <v>131085</v>
+      </c>
+      <c r="O264">
+        <v>2026</v>
+      </c>
+      <c r="P264">
+        <v>5462</v>
+      </c>
+      <c r="Q264" t="s">
+        <v>222</v>
+      </c>
+      <c r="R264" t="s">
+        <v>217</v>
+      </c>
+      <c r="S264" t="s">
+        <v>35</v>
+      </c>
+      <c r="T264" t="s">
+        <v>209</v>
+      </c>
+      <c r="U264"/>
+      <c r="V264">
+        <v>0</v>
+      </c>
+      <c r="W264" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="265" spans="1:104">
+      <c r="A265">
+        <v>59473</v>
+      </c>
+      <c r="B265" t="s">
+        <v>23</v>
+      </c>
+      <c r="C265" t="s">
+        <v>211</v>
+      </c>
+      <c r="D265" t="s">
+        <v>212</v>
+      </c>
+      <c r="E265" t="s">
+        <v>209</v>
+      </c>
+      <c r="F265" t="s">
+        <v>181</v>
+      </c>
+      <c r="G265" t="s">
+        <v>213</v>
+      </c>
+      <c r="H265" t="s">
+        <v>214</v>
+      </c>
+      <c r="I265" t="s">
+        <v>215</v>
+      </c>
+      <c r="J265" t="s">
+        <v>216</v>
+      </c>
+      <c r="K265" t="s">
+        <v>216</v>
+      </c>
+      <c r="L265"/>
+      <c r="M265" t="s">
+        <v>121</v>
+      </c>
+      <c r="N265">
+        <v>131086</v>
+      </c>
+      <c r="O265">
+        <v>2026</v>
+      </c>
+      <c r="P265">
+        <v>481</v>
+      </c>
+      <c r="Q265" t="s">
+        <v>222</v>
+      </c>
+      <c r="R265" t="s">
+        <v>217</v>
+      </c>
+      <c r="S265" t="s">
+        <v>37</v>
+      </c>
+      <c r="T265" t="s">
+        <v>209</v>
+      </c>
+      <c r="U265"/>
+      <c r="V265">
+        <v>0</v>
+      </c>
+      <c r="W265" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="266" spans="1:104">
+      <c r="A266">
+        <v>58620</v>
+      </c>
+      <c r="B266" t="s">
+        <v>23</v>
+      </c>
+      <c r="C266" t="s">
+        <v>223</v>
+      </c>
+      <c r="D266" t="s">
+        <v>224</v>
+      </c>
+      <c r="E266" t="s">
+        <v>225</v>
+      </c>
+      <c r="F266" t="s">
+        <v>157</v>
+      </c>
+      <c r="G266" t="s">
+        <v>117</v>
+      </c>
+      <c r="H266" t="s">
+        <v>29</v>
+      </c>
+      <c r="I266" t="s">
+        <v>30</v>
+      </c>
+      <c r="J266" t="s">
+        <v>76</v>
+      </c>
+      <c r="K266" t="s">
+        <v>76</v>
+      </c>
+      <c r="L266"/>
+      <c r="M266" t="s">
+        <v>226</v>
+      </c>
+      <c r="N266">
+        <v>128546</v>
+      </c>
+      <c r="O266">
+        <v>2026</v>
+      </c>
+      <c r="P266">
+        <v>5467</v>
+      </c>
+      <c r="Q266" t="s">
+        <v>33</v>
+      </c>
+      <c r="R266" t="s">
+        <v>34</v>
+      </c>
+      <c r="S266" t="s">
+        <v>35</v>
+      </c>
+      <c r="T266" t="s">
+        <v>224</v>
+      </c>
+      <c r="U266"/>
+      <c r="V266">
+        <v>0</v>
+      </c>
+      <c r="W266" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="267" spans="1:104">
+      <c r="A267">
+        <v>58620</v>
+      </c>
+      <c r="B267" t="s">
+        <v>23</v>
+      </c>
+      <c r="C267" t="s">
+        <v>223</v>
+      </c>
+      <c r="D267" t="s">
+        <v>224</v>
+      </c>
+      <c r="E267" t="s">
+        <v>225</v>
+      </c>
+      <c r="F267" t="s">
+        <v>157</v>
+      </c>
+      <c r="G267" t="s">
+        <v>117</v>
+      </c>
+      <c r="H267" t="s">
+        <v>29</v>
+      </c>
+      <c r="I267" t="s">
+        <v>30</v>
+      </c>
+      <c r="J267" t="s">
+        <v>76</v>
+      </c>
+      <c r="K267" t="s">
+        <v>76</v>
+      </c>
+      <c r="L267"/>
+      <c r="M267" t="s">
+        <v>226</v>
+      </c>
+      <c r="N267">
+        <v>128547</v>
+      </c>
+      <c r="O267">
+        <v>2026</v>
+      </c>
+      <c r="P267">
+        <v>486</v>
+      </c>
+      <c r="Q267" t="s">
+        <v>33</v>
+      </c>
+      <c r="R267" t="s">
+        <v>34</v>
+      </c>
+      <c r="S267" t="s">
+        <v>37</v>
+      </c>
+      <c r="T267" t="s">
+        <v>224</v>
+      </c>
+      <c r="U267"/>
+      <c r="V267">
+        <v>0</v>
+      </c>
+      <c r="W267" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="268" spans="1:104">
+      <c r="A268">
+        <v>58620</v>
+      </c>
+      <c r="B268" t="s">
+        <v>23</v>
+      </c>
+      <c r="C268" t="s">
+        <v>223</v>
+      </c>
+      <c r="D268" t="s">
+        <v>224</v>
+      </c>
+      <c r="E268" t="s">
+        <v>225</v>
+      </c>
+      <c r="F268" t="s">
+        <v>157</v>
+      </c>
+      <c r="G268" t="s">
+        <v>117</v>
+      </c>
+      <c r="H268" t="s">
+        <v>29</v>
+      </c>
+      <c r="I268" t="s">
+        <v>30</v>
+      </c>
+      <c r="J268" t="s">
+        <v>76</v>
+      </c>
+      <c r="K268" t="s">
+        <v>76</v>
+      </c>
+      <c r="L268"/>
+      <c r="M268" t="s">
+        <v>226</v>
+      </c>
+      <c r="N268">
+        <v>128548</v>
+      </c>
+      <c r="O268">
+        <v>2026</v>
+      </c>
+      <c r="P268">
+        <v>5468</v>
+      </c>
+      <c r="Q268" t="s">
+        <v>33</v>
+      </c>
+      <c r="R268" t="s">
+        <v>34</v>
+      </c>
+      <c r="S268" t="s">
+        <v>35</v>
+      </c>
+      <c r="T268" t="s">
+        <v>227</v>
+      </c>
+      <c r="U268"/>
+      <c r="V268">
+        <v>0</v>
+      </c>
+      <c r="W268" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="269" spans="1:104">
+      <c r="A269">
+        <v>58620</v>
+      </c>
+      <c r="B269" t="s">
+        <v>23</v>
+      </c>
+      <c r="C269" t="s">
+        <v>223</v>
+      </c>
+      <c r="D269" t="s">
+        <v>224</v>
+      </c>
+      <c r="E269" t="s">
+        <v>225</v>
+      </c>
+      <c r="F269" t="s">
+        <v>157</v>
+      </c>
+      <c r="G269" t="s">
+        <v>117</v>
+      </c>
+      <c r="H269" t="s">
+        <v>29</v>
+      </c>
+      <c r="I269" t="s">
+        <v>30</v>
+      </c>
+      <c r="J269" t="s">
+        <v>76</v>
+      </c>
+      <c r="K269" t="s">
+        <v>76</v>
+      </c>
+      <c r="L269"/>
+      <c r="M269" t="s">
+        <v>226</v>
+      </c>
+      <c r="N269">
+        <v>128549</v>
+      </c>
+      <c r="O269">
+        <v>2026</v>
+      </c>
+      <c r="P269">
+        <v>487</v>
+      </c>
+      <c r="Q269" t="s">
+        <v>33</v>
+      </c>
+      <c r="R269" t="s">
+        <v>34</v>
+      </c>
+      <c r="S269" t="s">
+        <v>37</v>
+      </c>
+      <c r="T269" t="s">
+        <v>227</v>
+      </c>
+      <c r="U269"/>
+      <c r="V269">
+        <v>0</v>
+      </c>
+      <c r="W269" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="270" spans="1:104">
+      <c r="A270">
+        <v>58620</v>
+      </c>
+      <c r="B270" t="s">
+        <v>23</v>
+      </c>
+      <c r="C270" t="s">
+        <v>223</v>
+      </c>
+      <c r="D270" t="s">
+        <v>224</v>
+      </c>
+      <c r="E270" t="s">
+        <v>225</v>
+      </c>
+      <c r="F270" t="s">
+        <v>157</v>
+      </c>
+      <c r="G270" t="s">
+        <v>117</v>
+      </c>
+      <c r="H270" t="s">
+        <v>29</v>
+      </c>
+      <c r="I270" t="s">
+        <v>30</v>
+      </c>
+      <c r="J270" t="s">
+        <v>76</v>
+      </c>
+      <c r="K270" t="s">
+        <v>76</v>
+      </c>
+      <c r="L270"/>
+      <c r="M270" t="s">
+        <v>226</v>
+      </c>
+      <c r="N270">
+        <v>128550</v>
+      </c>
+      <c r="O270">
+        <v>2026</v>
+      </c>
+      <c r="P270">
+        <v>5469</v>
+      </c>
+      <c r="Q270" t="s">
+        <v>38</v>
+      </c>
+      <c r="R270" t="s">
+        <v>34</v>
+      </c>
+      <c r="S270" t="s">
+        <v>35</v>
+      </c>
+      <c r="T270" t="s">
+        <v>228</v>
+      </c>
+      <c r="U270"/>
+      <c r="V270">
+        <v>0</v>
+      </c>
+      <c r="W270" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="271" spans="1:104">
+      <c r="A271">
+        <v>58620</v>
+      </c>
+      <c r="B271" t="s">
+        <v>23</v>
+      </c>
+      <c r="C271" t="s">
+        <v>223</v>
+      </c>
+      <c r="D271" t="s">
+        <v>224</v>
+      </c>
+      <c r="E271" t="s">
+        <v>225</v>
+      </c>
+      <c r="F271" t="s">
+        <v>157</v>
+      </c>
+      <c r="G271" t="s">
+        <v>117</v>
+      </c>
+      <c r="H271" t="s">
+        <v>29</v>
+      </c>
+      <c r="I271" t="s">
+        <v>30</v>
+      </c>
+      <c r="J271" t="s">
+        <v>76</v>
+      </c>
+      <c r="K271" t="s">
+        <v>76</v>
+      </c>
+      <c r="L271"/>
+      <c r="M271" t="s">
+        <v>226</v>
+      </c>
+      <c r="N271">
+        <v>128551</v>
+      </c>
+      <c r="O271">
+        <v>2026</v>
+      </c>
+      <c r="P271">
+        <v>488</v>
+      </c>
+      <c r="Q271" t="s">
+        <v>38</v>
+      </c>
+      <c r="R271" t="s">
+        <v>34</v>
+      </c>
+      <c r="S271" t="s">
+        <v>37</v>
+      </c>
+      <c r="T271" t="s">
+        <v>228</v>
+      </c>
+      <c r="U271"/>
+      <c r="V271">
+        <v>0</v>
+      </c>
+      <c r="W271" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="272" spans="1:104">
+      <c r="A272">
+        <v>58620</v>
+      </c>
+      <c r="B272" t="s">
+        <v>23</v>
+      </c>
+      <c r="C272" t="s">
+        <v>223</v>
+      </c>
+      <c r="D272" t="s">
+        <v>224</v>
+      </c>
+      <c r="E272" t="s">
+        <v>225</v>
+      </c>
+      <c r="F272" t="s">
+        <v>157</v>
+      </c>
+      <c r="G272" t="s">
+        <v>117</v>
+      </c>
+      <c r="H272" t="s">
+        <v>29</v>
+      </c>
+      <c r="I272" t="s">
+        <v>30</v>
+      </c>
+      <c r="J272" t="s">
+        <v>76</v>
+      </c>
+      <c r="K272" t="s">
+        <v>76</v>
+      </c>
+      <c r="L272"/>
+      <c r="M272" t="s">
+        <v>226</v>
+      </c>
+      <c r="N272">
+        <v>128552</v>
+      </c>
+      <c r="O272">
+        <v>2026</v>
+      </c>
+      <c r="P272">
+        <v>5470</v>
+      </c>
+      <c r="Q272" t="s">
+        <v>38</v>
+      </c>
+      <c r="R272" t="s">
+        <v>34</v>
+      </c>
+      <c r="S272" t="s">
+        <v>35</v>
+      </c>
+      <c r="T272" t="s">
+        <v>225</v>
+      </c>
+      <c r="U272"/>
+      <c r="V272">
+        <v>0</v>
+      </c>
+      <c r="W272" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="273" spans="1:104">
+      <c r="A273">
+        <v>58620</v>
+      </c>
+      <c r="B273" t="s">
+        <v>23</v>
+      </c>
+      <c r="C273" t="s">
+        <v>223</v>
+      </c>
+      <c r="D273" t="s">
+        <v>224</v>
+      </c>
+      <c r="E273" t="s">
+        <v>225</v>
+      </c>
+      <c r="F273" t="s">
+        <v>157</v>
+      </c>
+      <c r="G273" t="s">
+        <v>117</v>
+      </c>
+      <c r="H273" t="s">
+        <v>29</v>
+      </c>
+      <c r="I273" t="s">
+        <v>30</v>
+      </c>
+      <c r="J273" t="s">
+        <v>76</v>
+      </c>
+      <c r="K273" t="s">
+        <v>76</v>
+      </c>
+      <c r="L273"/>
+      <c r="M273" t="s">
+        <v>226</v>
+      </c>
+      <c r="N273">
+        <v>128553</v>
+      </c>
+      <c r="O273">
+        <v>2026</v>
+      </c>
+      <c r="P273">
+        <v>489</v>
+      </c>
+      <c r="Q273" t="s">
+        <v>38</v>
+      </c>
+      <c r="R273" t="s">
+        <v>34</v>
+      </c>
+      <c r="S273" t="s">
+        <v>37</v>
+      </c>
+      <c r="T273" t="s">
+        <v>225</v>
+      </c>
+      <c r="U273"/>
+      <c r="V273">
+        <v>0</v>
+      </c>
+      <c r="W273" t="s">
+        <v>93</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">